--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -17,110 +17,110 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="20128E7D" w14:textId="77777777" w:rsidR="009468DC" w:rsidRDefault="009468DC"/>
+    <w:p w14:paraId="06BBB643" w14:textId="77777777" w:rsidR="009468DC" w:rsidRDefault="009468DC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="43" w:type="dxa"/>
           <w:bottom w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1885"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00805B1E" w14:paraId="75301785" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00805B1E" w14:paraId="17A3BDCA" w14:textId="77777777" w:rsidTr="00BD5B38">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F1202A" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="6A4BED1F" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">This report is a(n):  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="776B9B0F" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="7DD4B4B8" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -159,77 +159,77 @@
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76288A4E" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="6425FDB6" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Initial Treatment Plan    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4ECCD9" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="20832D86" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -268,77 +268,77 @@
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="461553B5" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="63763190" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Treatment Plan Update      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B392D68" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="485850E1" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -377,104 +377,104 @@
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B8FC2C7" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="7F23B355" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Discharge Summary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00805B1E" w14:paraId="6D71531C" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00805B1E" w14:paraId="113B14A3" w14:textId="77777777" w:rsidTr="00BD5B38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5103313E" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="7FB4B63C" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Modality:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0284EEF8" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="52C0236B" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -513,87 +513,87 @@
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D05298" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="301B9105" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Individual</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FD7B66" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="2C973BCB" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -633,300 +633,418 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2173AAEF" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
+          <w:p w14:paraId="40DD9F75" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Conjoint/Family</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F8E5388" w14:textId="77777777" w:rsidR="00C1310E" w:rsidRDefault="00C1310E" w:rsidP="00C1310E">
+    <w:p w14:paraId="22936F7B" w14:textId="77777777" w:rsidR="00C1310E" w:rsidRDefault="00C1310E" w:rsidP="00C1310E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="022753B7" w14:textId="77777777" w:rsidR="00C46FB1" w:rsidRDefault="00C46FB1" w:rsidP="00C1310E">
+    <w:p w14:paraId="0D28995A" w14:textId="77777777" w:rsidR="00C46FB1" w:rsidRDefault="00C46FB1" w:rsidP="00C1310E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ATTENDANCE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10952" w:type="dxa"/>
         <w:tblInd w:w="23" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2582"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="07F21FD9" w14:textId="77777777" w:rsidTr="00C46FB1">
+      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="3895CB65" w14:textId="77777777" w:rsidTr="00C46FB1">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C335A6" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+          <w:p w14:paraId="698FD91A" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Initial Session: </w:t>
             </w:r>
-            <w:sdt>
-[...126 lines deleted...]
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E889841" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Last Date Attended: </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2582" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6945DF56" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Sessions Attended: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
@@ -962,60 +1080,60 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="75FDE8EC" w14:textId="77777777" w:rsidTr="00C46FB1">
+      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="2E7CB2A1" w14:textId="77777777" w:rsidTr="00C46FB1">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EBC75E9" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+          <w:p w14:paraId="65A8C3C5" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Absences: </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -1086,51 +1204,51 @@
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0460AF" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+          <w:p w14:paraId="166B53DB" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Reasons for Absences: </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -1196,63 +1314,63 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="54F5B006" w14:textId="77777777" w:rsidTr="00C46FB1">
+      <w:tr w:rsidR="00ED6950" w:rsidRPr="003968CB" w14:paraId="7EAA319E" w14:textId="77777777" w:rsidTr="00C46FB1">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28DD8D49" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+          <w:p w14:paraId="00DD9B91" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ervice Delivery Type:  Telehealth </w:t>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
@@ -1349,51 +1467,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5682048E" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
+          <w:p w14:paraId="50A5AB51" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRPr="004B05D7" w:rsidRDefault="00ED6950" w:rsidP="00C46FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Service delivery type has been assessed and continues to be clinically appropriate:  Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
@@ -1488,62 +1606,62 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="706EBA5B" w14:textId="77777777" w:rsidR="000F6F02" w:rsidRPr="004B05D7" w:rsidRDefault="000F6F02" w:rsidP="000E6FAA">
+    <w:p w14:paraId="623E74FB" w14:textId="77777777" w:rsidR="000F6F02" w:rsidRPr="004B05D7" w:rsidRDefault="000F6F02" w:rsidP="000E6FAA">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62F02FA4" w14:textId="77777777" w:rsidR="000F6F02" w:rsidRDefault="000F6F02" w:rsidP="000F6F02">
+    <w:p w14:paraId="111AA152" w14:textId="77777777" w:rsidR="000F6F02" w:rsidRDefault="000F6F02" w:rsidP="000F6F02">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">I received and reviewed the following records provided by the </w:t>
       </w:r>
       <w:r w:rsidR="001B213B" w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1591,82 +1709,82 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prior to the intake assessment</w:t>
       </w:r>
       <w:r w:rsidR="00A0638F" w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336086B6" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRPr="004B05D7" w:rsidRDefault="00805B1E" w:rsidP="000F6F02">
+    <w:p w14:paraId="45AB7BFD" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRPr="004B05D7" w:rsidRDefault="00805B1E" w:rsidP="000F6F02">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="01581EB5" w14:textId="77777777" w:rsidTr="00805B1E">
+      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="17CB43C1" w14:textId="77777777" w:rsidTr="00805B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
           </w:tcPr>
           <w:bookmarkStart w:id="0" w:name="_Hlk193727153"/>
-          <w:p w14:paraId="191CCFAF" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
+          <w:p w14:paraId="5EC07166" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -1706,56 +1824,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CFWB Background Records (e.g. case plan and pertinent court reports)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="5D6EDE0C" w14:textId="77777777" w:rsidTr="00805B1E">
+      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="6277D5B3" w14:textId="77777777" w:rsidTr="00805B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9EA6B9" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
+          <w:p w14:paraId="6BF2F397" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -1812,56 +1930,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Copies of </w:t>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>available prior psychological/psychiatric</w:t>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> evaluations and treatment plans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="78B5CBC7" w14:textId="77777777" w:rsidTr="00805B1E">
+      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="11203C2F" w14:textId="77777777" w:rsidTr="00805B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01496BB6" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
+          <w:p w14:paraId="2A4E18F5" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -1925,87 +2043,87 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CFWB</w:t>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Release of Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="45E32487" w14:textId="77777777" w:rsidTr="00805B1E">
+      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="62A14EF2" w14:textId="77777777" w:rsidTr="00805B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71578701" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
+          <w:p w14:paraId="1CB18E00" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="003016B6" w:rsidRDefault="003016B6" w:rsidP="003016B6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003016B6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="4D246B9E" w14:textId="77777777" w:rsidTr="00805B1E">
+      <w:tr w:rsidR="003016B6" w:rsidRPr="003016B6" w14:paraId="7FD081AD" w14:textId="77777777" w:rsidTr="00805B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35FD2FED" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="00805B1E" w:rsidRDefault="003016B6" w:rsidP="003016B6">
+          <w:p w14:paraId="615E758D" w14:textId="77777777" w:rsidR="003016B6" w:rsidRPr="00805B1E" w:rsidRDefault="003016B6" w:rsidP="003016B6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2040,147 +2158,226 @@
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">I have not received CFWB background records. Date records requested from PSW:  </w:t>
-[...32 lines deleted...]
-            </w:sdt>
+              <w:t xml:space="preserve">I have not received CFWB background records. Date records requested from PSW: </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0941620C" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRDefault="00ED6950" w:rsidP="00720546">
+    <w:p w14:paraId="7D0BD9C8" w14:textId="77777777" w:rsidR="00ED6950" w:rsidRDefault="00ED6950" w:rsidP="00720546">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C5B0B13" w14:textId="77777777" w:rsidR="008015C2" w:rsidRPr="00720546" w:rsidRDefault="00452B3A" w:rsidP="00720546">
+    <w:p w14:paraId="4AAECB50" w14:textId="77777777" w:rsidR="008015C2" w:rsidRPr="00720546" w:rsidRDefault="00452B3A" w:rsidP="00720546">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk197687202"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASSESSMENT OF RISK FACTORS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC4B1E4" w14:textId="77777777" w:rsidR="008A5B0C" w:rsidRDefault="008A5B0C" w:rsidP="008A5B0C">
+    <w:p w14:paraId="2EBA8711" w14:textId="77777777" w:rsidR="008A5B0C" w:rsidRDefault="008A5B0C" w:rsidP="008A5B0C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Risk assessment</w:t>
       </w:r>
       <w:r w:rsidRPr="00580682">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be ongoing and include all risk factors documented on the 04-176A and known to the provider</w:t>
+        <w:t xml:space="preserve"> should be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00580682">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ongoing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00580682">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and include all risk factors documented on the 04-176A and known to the provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00580682">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk factors </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2256,169 +2453,228 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00580682">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> below. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to Clinical Risk Documentation guidance in </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00DD33A9">
+        <w:r w:rsidRPr="0009142E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>TERM Treatment Plan Documentation Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="03E95771" w14:textId="77777777" w:rsidR="00317AEA" w:rsidRDefault="00317AEA" w:rsidP="00580682">
+    <w:p w14:paraId="44DC6A32" w14:textId="77777777" w:rsidR="00317AEA" w:rsidRDefault="00317AEA" w:rsidP="00580682">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
         <w:gridCol w:w="4021"/>
         <w:gridCol w:w="3629"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00320CBE" w14:paraId="1A13C4B8" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="594D98F6" w14:textId="77777777" w:rsidTr="005A010F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="29CC34D6" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="56E2E3E4" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dates of Assessment:  </w:t>
-[...33 lines deleted...]
-            </w:sdt>
+              <w:t xml:space="preserve">Dates of Assessment: </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0009142E" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="3E3E3DC7" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="73E6345D" w14:textId="77777777" w:rsidTr="005A010F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036E8B8F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="10F20E3B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="0009142E">
             <w:pPr>
+              <w:ind w:left="336" w:hanging="336"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -2457,58 +2713,66 @@
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal ideation</w:t>
             </w:r>
+            <w:r w:rsidR="0009142E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (past &amp; present)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42EC8FB7" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="3118A063" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2555,69 +2819,69 @@
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0097317B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of harm to others/attempt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0852441D" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="18CDBD39" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Distress, disability, or dysfunction in:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="570BBDD6" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="27E10395" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2658,51 +2922,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Social/Relational</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="787EA882" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="7E5336BA" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2743,51 +3007,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00320CBE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Occupational</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E138767" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="59678856" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2830,60 +3094,60 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other important activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="19E423C1" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="21FC7AE7" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D4E071" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="6173CDEB" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2930,51 +3194,51 @@
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25B3577F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="32AF8D35" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -3022,72 +3286,72 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of trauma or abuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C307422" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="13C9061E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="0C6BCA70" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="17B69CA7" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603C7010" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="6E03A6C3" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -3135,51 +3399,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal intent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09A4048F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="1D21858C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -3223,92 +3487,92 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reasonable probability of significant deterioration in an important area of life functioning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="744FA741" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="00681532" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="2A0D0555" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="00681532" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED0697E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="50924D91" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="1BECD4A7" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="7CB7E3FF" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E41DEFD" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="53A47880" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -3357,94 +3621,94 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of self-harm/attempt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60146181" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="67AFAB6D" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08ED8AA7" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="59506823" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="3192CB02" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="00320CBE" w14:paraId="4772779A" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67A6D60B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="35B2B34F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -3493,172 +3757,94 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Homicidal ideation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="066E59DD" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="2395B957" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="527A1C0C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="41F3F7B3" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...77 lines deleted...]
-      <w:tr w:rsidR="00320CBE" w14:paraId="58784FF8" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="005A010F" w14:paraId="2736186E" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5753ABE9" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="0D63262A" w14:textId="77777777" w:rsidR="005A010F" w:rsidRPr="0027623D" w:rsidRDefault="005A010F" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -3703,156 +3889,55 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Homicidal plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4021" w:type="dxa"/>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF6EB34" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
-[...101 lines deleted...]
-          <w:p w14:paraId="1AA0D1E9" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="2FBBDD38" w14:textId="77777777" w:rsidR="005A010F" w:rsidRDefault="005A010F" w:rsidP="005A010F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -3885,110 +3970,172 @@
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
-[...5 lines deleted...]
-              <w:t>Homicidal intent</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Substance abuse </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-        </w:tc>
-[...28 lines deleted...]
-          <w:p w14:paraId="1F688A2B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="55227D84" w14:textId="77777777" w:rsidR="005A010F" w:rsidRPr="0097317B" w:rsidRDefault="005A010F" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00320CBE" w14:paraId="6E1E1C53" w14:textId="77777777" w:rsidTr="00BD5B38">
+      <w:tr w:rsidR="005A010F" w14:paraId="143C0E79" w14:textId="77777777" w:rsidTr="005A010F">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B2ADA9" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="615407E1" w14:textId="77777777" w:rsidR="005A010F" w:rsidRPr="0027623D" w:rsidRDefault="005A010F" w:rsidP="00BD5B38">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -4021,259 +4168,172 @@
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...96 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="0027623D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Homicidal intent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4021" w:type="dxa"/>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBCEA95" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0027623D" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
-[...21 lines deleted...]
-          <w:p w14:paraId="6D804D30" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="0097317B" w:rsidRDefault="00320CBE" w:rsidP="00BD5B38">
+          <w:p w14:paraId="6FBF2D5C" w14:textId="77777777" w:rsidR="005A010F" w:rsidRPr="0097317B" w:rsidRDefault="005A010F" w:rsidP="00BD5B38">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14319FF4" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="0045338A">
+    <w:p w14:paraId="5F03E8BC" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="0045338A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ED21A99" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="0045338A" w:rsidRDefault="00AC4AA6" w:rsidP="00C84A40">
+    <w:p w14:paraId="340457A7" w14:textId="77777777" w:rsidR="00196C90" w:rsidRDefault="00AC4AA6" w:rsidP="00196C90">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>CLIENT</w:t>
       </w:r>
       <w:r w:rsidR="00DA5D39">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SYMPTOM CHECKLIST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A375F7" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="00F5265C" w:rsidRDefault="003D16DE" w:rsidP="00196C90">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5265C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>If the source of information about symptoms is a social worker or collateral contact, that information is not considered confidential and may be included. Do not include symptoms directly reported by the client unless there is a signed Release of Information (ROI).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3955"/>
         <w:gridCol w:w="3870"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA5D39" w14:paraId="151243FC" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00DA5D39" w14:paraId="3AF30623" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6D5339F1" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C340CB">
+          <w:p w14:paraId="0AF14579" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C340CB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00062A97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The following </w:t>
             </w:r>
             <w:r w:rsidRPr="00062A97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>current</w:t>
@@ -4281,151 +4341,151 @@
             <w:r w:rsidRPr="00062A97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> symptoms were reported and</w:t>
             </w:r>
             <w:r w:rsidR="00C340CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/or</w:t>
             </w:r>
             <w:r w:rsidRPr="00062A97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> observed:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CE2D501" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C340CB">
+          <w:p w14:paraId="6502E408" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C340CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA5D39" w14:paraId="4C187EA1" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00DA5D39" w14:paraId="7AB2523B" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C6CBFF" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="183F3087" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Check44"/>
+            <w:bookmarkStart w:id="2" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Angry mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D8CF157" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="4B356D47" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4461,51 +4521,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nhedonia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2313929D" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="5BAE2C82" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4541,51 +4601,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nxious mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40EC5C30" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="43EE70C3" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4621,51 +4681,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ppetite concerns</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46997E65" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="2D68B425" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4701,51 +4761,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>voidance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0992C42F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="24D3B7F9" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4781,51 +4841,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Concentration challenges</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E7CEA3B" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="69459EB3" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4861,51 +4921,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Denial</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7932CB3F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="2EE631AA" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -4941,51 +5001,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Depressive mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CAC2CB8" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="500C0B2B" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5021,51 +5081,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Derealization</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="643C59FF" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="7915443D" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5101,51 +5161,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>istorted blame</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A556C97" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="3FE7CD46" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5181,66 +5241,66 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Distressing dreams</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A33DEB5" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="0045338A">
+          <w:p w14:paraId="3ABACCAC" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="0045338A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72F39759" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="00393A42" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="2B4ABEF3" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="00393A42" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5276,51 +5336,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Euphoric mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06022A1F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6D8C294C" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5356,51 +5416,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Euthymic mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C16933F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="35192B37" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5436,51 +5496,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exaggerated startle response</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="291BA344" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="219BB852" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5517,51 +5577,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00737EFA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fatalistic cognitions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24533734" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6DFAE55F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5598,51 +5658,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00737EFA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fatigue</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27799504" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="4D3E6792" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5679,51 +5739,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00737EFA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fear of being alone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E568D18" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6E1821D4" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00A379C4" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5760,51 +5820,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="009525D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Flashbacks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="596FDF55" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="2ED6C165" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5840,51 +5900,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Grandiose cognitions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33D7A568" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="7FC6116F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -5920,51 +5980,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hallucinations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72F16557" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6C97D60B" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6000,51 +6060,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Helplessness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31C99D4A" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="17FB549E" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6080,66 +6140,66 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> H</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>opelessness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EA3DBE7" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="0045338A">
+          <w:p w14:paraId="1FE9E52D" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="0045338A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F37F35B" w14:textId="77777777" w:rsidR="0045338A" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6B09B687" w14:textId="77777777" w:rsidR="0045338A" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6175,51 +6235,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hypervig</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ilance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="707F93A4" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="00393A42" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6EAC484F" w14:textId="77777777" w:rsidR="0045338A" w:rsidRPr="00393A42" w:rsidRDefault="0045338A" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6255,51 +6315,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Intrusive memories</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="694FF383" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="625EF4DC" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6335,51 +6395,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Irr</w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>itable mood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B3DC906" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="6FE486FE" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6415,51 +6475,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Isolation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C55BC40" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="2D1BADC5" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6495,51 +6555,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Memory challenges</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1023D19F" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00320CBE">
+          <w:p w14:paraId="19E61CD6" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00737EFA" w:rsidP="00320CBE">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6575,61 +6635,61 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Physiological reactions to trauma reminders</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492D8997" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+          <w:p w14:paraId="2BECEF0C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="730454F9" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00B146D8" w:rsidP="00320CBE">
+          <w:p w14:paraId="3B9B66C4" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00B146D8" w:rsidP="00320CBE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6665,51 +6725,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Psychomotor agitation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="083CBC9C" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="53C24B03" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6745,51 +6805,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sleep disturbance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1C72BB" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="5FC49BD0" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -6825,51 +6885,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA5D39">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Somatic complaints</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="676A4367" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="149A5FB8" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00B146D8" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -6897,230 +6957,275 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text88"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text88"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA5D39" w:rsidRPr="00393A42">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00B27885">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w14:paraId="72A8AD97" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="00EC3CDA">
+          <w:p w14:paraId="0156D191" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00393A42" w:rsidRDefault="00DA5D39" w:rsidP="00EC3CDA">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62BEBB3B" w14:textId="77777777" w:rsidR="00062A97" w:rsidRPr="00062A97" w:rsidRDefault="00062A97" w:rsidP="00062A97">
+    <w:p w14:paraId="2609A83C" w14:textId="77777777" w:rsidR="00062A97" w:rsidRPr="00062A97" w:rsidRDefault="00062A97" w:rsidP="00062A97">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062A97">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A21B0FB" w14:textId="77777777" w:rsidR="007C4A0A" w:rsidRPr="00C84A40" w:rsidRDefault="00DA5D39" w:rsidP="00C84A40">
+    <w:p w14:paraId="5B87BC1E" w14:textId="77777777" w:rsidR="007C4A0A" w:rsidRPr="00C84A40" w:rsidRDefault="00DA5D39" w:rsidP="00C84A40">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TREATMENT</w:t>
       </w:r>
       <w:r w:rsidR="00452B3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> PROGRESS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00365385" w:rsidRPr="003968CB" w14:paraId="7EC5F186" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00365385" w:rsidRPr="003968CB" w14:paraId="342E9440" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="098F7244" w14:textId="77777777" w:rsidR="00AD344A" w:rsidRPr="00AD6B07" w:rsidRDefault="00AD6B07" w:rsidP="007F15EC">
+          <w:p w14:paraId="0148BF31" w14:textId="77777777" w:rsidR="00AD344A" w:rsidRPr="00AD6B07" w:rsidRDefault="00AD6B07" w:rsidP="007F15EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD6B07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>INSTRUCTIONS</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidR="00FF7BA5" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>It is essential that therapists working with C</w:t>
+              <w:t>It</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00FF7BA5" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is essential that therapists working with C</w:t>
             </w:r>
             <w:r w:rsidR="00EA282E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FWB</w:t>
             </w:r>
             <w:r w:rsidR="00FF7BA5" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00856F2C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>parent</w:t>
             </w:r>
@@ -7151,62 +7256,62 @@
             <w:r w:rsidR="00AD344A" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> offers the family Voluntary Services instead of filing a petition with the Court to take jurisdiction, a true finding does not apply; however, the therapist is expected to accept the allegations of abuse as facts of the case</w:t>
             </w:r>
             <w:r w:rsidR="007F5784" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00FF7BA5" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F1F4F73" w14:textId="77777777" w:rsidR="007C4A0A" w:rsidRPr="004B05D7" w:rsidRDefault="007C4A0A" w:rsidP="007F15EC">
+          <w:p w14:paraId="5EDB6AAE" w14:textId="77777777" w:rsidR="007C4A0A" w:rsidRPr="004B05D7" w:rsidRDefault="007C4A0A" w:rsidP="007F15EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F37EA2F" w14:textId="77777777" w:rsidR="008077EC" w:rsidRDefault="00D845CE" w:rsidP="007F15EC">
+          <w:p w14:paraId="229871AD" w14:textId="77777777" w:rsidR="006906CB" w:rsidRDefault="00D845CE" w:rsidP="007F15EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Identify the</w:t>
             </w:r>
             <w:r w:rsidR="00BD520E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> applicable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7249,51 +7354,96 @@
               <w:t xml:space="preserve"> menu</w:t>
             </w:r>
             <w:r w:rsidR="00583DCE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00AD344A" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00631E6D" w:rsidRPr="00D845CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Document progress since last treatment report. Progress should include information pertaining to evidence-informed interventions utilized and client’s response to the clinical interventions (i.e., changes in the client’s attitudes, beliefs, and behaviors as reported by parent, SW, and behavior observations of parent in sessions).  Documentation of progress reflects therapist’s clinical assessment of progress rather than client’s direct statements or quotes.</w:t>
+              <w:t xml:space="preserve">Document progress since last treatment report. Progress should include information pertaining to evidence-informed interventions utilized and client’s response to the clinical interventions (i.e., </w:t>
+            </w:r>
+            <w:r w:rsidR="003D16DE" w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">changes in the client’s attitudes, beliefs, and behaviors as reported by </w:t>
+            </w:r>
+            <w:r w:rsidR="003D16DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SW or collateral contacts</w:t>
+            </w:r>
+            <w:r w:rsidR="003D16DE" w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="003D16DE" w:rsidRPr="00CF7EE9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the clinician’s professional observations of the client’s engagement with or responsiveness to treatment</w:t>
+            </w:r>
+            <w:r w:rsidR="00631E6D" w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>).  Documentation of progress reflects therapist’s clinical assessment of progress rather than client’s direct statements or quotes.</w:t>
             </w:r>
             <w:r w:rsidR="008077EC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006906CB" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>For each update, please include new progress in applicable section and do not delete previous entries.</w:t>
             </w:r>
             <w:r w:rsidR="006906CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7341,287 +7491,403 @@
             <w:r w:rsidR="009A47DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>an active focus of clinical attention.</w:t>
             </w:r>
             <w:r w:rsidR="009620C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006906CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F1FED22" w14:textId="77777777" w:rsidR="008077EC" w:rsidRDefault="008077EC" w:rsidP="007F15EC">
+          <w:p w14:paraId="4D4DBE55" w14:textId="77777777" w:rsidR="003D16DE" w:rsidRDefault="003D16DE" w:rsidP="003D16DE">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76D905F1" w14:textId="77777777" w:rsidR="006906CB" w:rsidRPr="008077EC" w:rsidRDefault="006906CB" w:rsidP="007F15EC">
+          <w:p w14:paraId="3A8B9D78" w14:textId="77777777" w:rsidR="003D16DE" w:rsidRPr="00C053EA" w:rsidRDefault="003D16DE" w:rsidP="003D16DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D441AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Reminder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6157">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Observations made by the clinician during therapy sessions are considered part of the client’s Protected Health Information (PHI), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B6157">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t>similar to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009B6157">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verbal communication, and should not be included in the treatment update unless a valid ROI is in place.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1924CF3A" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRPr="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="003D16DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0ACF8F01" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D9ED5ED" w14:textId="77777777" w:rsidR="007420AB" w:rsidRDefault="007420AB"/>
+    <w:p w14:paraId="79FA2D38" w14:textId="77777777" w:rsidR="007420AB" w:rsidRDefault="007420AB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="29" w:type="dxa"/>
           <w:bottom w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00365385" w:rsidRPr="003968CB" w14:paraId="15649B88" w14:textId="77777777" w:rsidTr="00320CBE">
+      <w:tr w:rsidR="00365385" w:rsidRPr="003968CB" w14:paraId="4DE3BA62" w14:textId="77777777" w:rsidTr="00320CBE">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41AF24BE" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
+          <w:p w14:paraId="0DA5B29C" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Focus of Treatment"/>
                 <w:tag w:val="Focus of Treatment"/>
                 <w:id w:val="-628242680"/>
                 <w:placeholder>
-                  <w:docPart w:val="CD29B2F9A5114E9894D5274075A76BAF"/>
+                  <w:docPart w:val="6BF1AAEFCA3C40BBB26C6E5F8B3B3D86"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Emotional abuse prevention" w:value="Emotional abuse prevention"/>
                   <w:listItem w:displayText="Enhancing parenting skills" w:value="Enhancing parenting skills"/>
                   <w:listItem w:displayText="Intimate partner violence prevention" w:value="Intimate partner violence prevention"/>
                   <w:listItem w:displayText="Mental health stabilization" w:value="Mental health stabilization"/>
                   <w:listItem w:displayText="Neglect prevention" w:value="Neglect prevention"/>
                   <w:listItem w:displayText="Physical abuse prevention" w:value="Physical abuse prevention"/>
                   <w:listItem w:displayText="Relapse prevention" w:value="Relapse prevention"/>
                   <w:listItem w:displayText="Safety planning for risk factors" w:value="Safety planning for risk factors"/>
                   <w:listItem w:displayText="Sexual abuse prevention" w:value="Sexual abuse prevention"/>
                   <w:listItem w:displayText="Trauma processing" w:value="Trauma processing"/>
                   <w:listItem w:displayText="Other area of focus (please describe)" w:value="Other area of focus (please describe)"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E60680" w:rsidRPr="00320CBE">
+                <w:r w:rsidR="0009142E" w:rsidRPr="00320CBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+          </w:p>
+          <w:p w14:paraId="6DA3FB9E" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="0009142E" w:rsidP="005F139F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00135DA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00135DA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00135DA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00135DA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00135DA8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77216BCE" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
+          <w:p w14:paraId="46F8DE53" w14:textId="77777777" w:rsidR="0009142E" w:rsidRDefault="0009142E" w:rsidP="005F139F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00320CBE" w14:paraId="4004934D" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="58B7E30D" w14:textId="77777777" w:rsidTr="0009142E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5831B56C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="5475EECB" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0609C62E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="4B56B704" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7679,79 +7945,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="39D42E06" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="41097CA6" w14:textId="77777777" w:rsidTr="0009142E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0A93BA7B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="218E5852" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6065BB6D" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6CDEF929" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7809,80 +8075,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="336A7DF7" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="16C17A2F" w14:textId="77777777" w:rsidTr="0009142E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1BF66576" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="23FFD5BB" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="569F2C11" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="28B73037" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7940,80 +8206,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="3B512150" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="6BE5EDCC" w14:textId="77777777" w:rsidTr="0009142E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="176F34E4" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="17792C80" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="204CBF3C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="1EACF2A9" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8071,79 +8337,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="1229D440" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="0A702F97" w14:textId="77777777" w:rsidTr="0009142E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3277BC9A" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6EE091FC" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="368B1ED0" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="384D5986" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8202,247 +8468,355 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="69C0680D" w14:textId="77777777" w:rsidR="00365385" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="000B0D0E">
+          <w:p w14:paraId="0CDE7964" w14:textId="77777777" w:rsidR="00365385" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="000B0D0E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00720546" w:rsidRPr="003968CB" w14:paraId="2A74A4BF" w14:textId="77777777" w:rsidTr="00320CBE">
+      <w:tr w:rsidR="00720546" w:rsidRPr="003968CB" w14:paraId="156129E8" w14:textId="77777777" w:rsidTr="00320CBE">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAF7DF5" w14:textId="77777777" w:rsidR="00C03062" w:rsidRDefault="00C03062" w:rsidP="00C03062">
+          <w:p w14:paraId="34721F43" w14:textId="77777777" w:rsidR="00C03062" w:rsidRDefault="00C03062" w:rsidP="00C03062">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Focus of Treatment"/>
                 <w:tag w:val="Focus of Treatment"/>
                 <w:id w:val="1607386053"/>
                 <w:placeholder>
                   <w:docPart w:val="28D1631D85264EE0A347786A353A877B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Emotional abuse prevention" w:value="Emotional abuse prevention"/>
                   <w:listItem w:displayText="Enhancing parenting skills" w:value="Enhancing parenting skills"/>
                   <w:listItem w:displayText="Intimate partner violence prevention" w:value="Intimate partner violence prevention"/>
                   <w:listItem w:displayText="Mental health stabilization" w:value="Mental health stabilization"/>
                   <w:listItem w:displayText="Neglect prevention" w:value="Neglect prevention"/>
                   <w:listItem w:displayText="Physical abuse prevention" w:value="Physical abuse prevention"/>
                   <w:listItem w:displayText="Relapse prevention" w:value="Relapse prevention"/>
                   <w:listItem w:displayText="Safety planning for risk factors" w:value="Safety planning for risk factors"/>
                   <w:listItem w:displayText="Sexual abuse prevention" w:value="Sexual abuse prevention"/>
                   <w:listItem w:displayText="Trauma processing" w:value="Trauma processing"/>
                   <w:listItem w:displayText="Other area of focus (please describe)" w:value="Other area of focus (please describe)"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00320CBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A7FF9C5" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00C03062">
+          <w:p w14:paraId="19262921" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="003B7D7C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68049E05" w14:textId="77777777" w:rsidR="00805B1E" w:rsidRDefault="00805B1E" w:rsidP="00C03062">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00320CBE" w14:paraId="5F998C9D" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="7B53ACD8" w14:textId="77777777" w:rsidTr="007C0715">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3A9DC545" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="142F0727" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="51A5C593" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6B3214C5" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8500,79 +8874,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="2F752E30" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="33096FF1" w14:textId="77777777" w:rsidTr="007C0715">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="20B458AD" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="541ACE3B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="41BA9F11" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="23669FB4" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8630,80 +9004,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="2D5FC6AC" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="54082B23" w14:textId="77777777" w:rsidTr="007C0715">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3D79A734" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="0C184932" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7F103F77" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="1ABCB212" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8761,80 +9135,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="19897E30" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="540E1514" w14:textId="77777777" w:rsidTr="007C0715">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="4E557380" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="586BCC4F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3F3CC620" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="3A89D06F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8892,79 +9266,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="477E1B57" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="7B0B908C" w14:textId="77777777" w:rsidTr="007C0715">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="4ABAB2A1" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="3B4B898A" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7763B75B" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="5BE854D7" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9023,82 +9397,73 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="4BEBA70E" w14:textId="77777777" w:rsidR="00720546" w:rsidRDefault="00320CBE" w:rsidP="00C03062">
+          <w:p w14:paraId="05B53FE7" w14:textId="77777777" w:rsidR="00720546" w:rsidRDefault="00720546" w:rsidP="00C03062">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00720546" w:rsidRPr="003968CB" w14:paraId="7DD6EF65" w14:textId="77777777" w:rsidTr="00320CBE">
+      <w:tr w:rsidR="00720546" w:rsidRPr="003968CB" w14:paraId="66DA7F1D" w14:textId="77777777" w:rsidTr="00320CBE">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E0F300" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
+          <w:p w14:paraId="4B916A78" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
@@ -9120,151 +9485,258 @@
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="Focus of Treatment"/>
                 <w:tag w:val="Focus of Treatment"/>
                 <w:id w:val="-715893962"/>
                 <w:placeholder>
                   <w:docPart w:val="37C6023E0DA545E9A02329E182675C3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Emotional abuse prevention" w:value="Emotional abuse prevention"/>
                   <w:listItem w:displayText="Enhancing parenting skills" w:value="Enhancing parenting skills"/>
                   <w:listItem w:displayText="Intimate partner violence prevention" w:value="Intimate partner violence prevention"/>
                   <w:listItem w:displayText="Mental health stabilization" w:value="Mental health stabilization"/>
                   <w:listItem w:displayText="Neglect prevention" w:value="Neglect prevention"/>
                   <w:listItem w:displayText="Physical abuse prevention" w:value="Physical abuse prevention"/>
                   <w:listItem w:displayText="Relapse prevention" w:value="Relapse prevention"/>
                   <w:listItem w:displayText="Safety planning for risk factors" w:value="Safety planning for risk factors"/>
                   <w:listItem w:displayText="Sexual abuse prevention" w:value="Sexual abuse prevention"/>
                   <w:listItem w:displayText="Trauma processing" w:value="Trauma processing"/>
                   <w:listItem w:displayText="Other area of focus (please describe)" w:value="Other area of focus (please describe)"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00320CBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BD72901" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
+          <w:p w14:paraId="24AE587C" w14:textId="77777777" w:rsidR="007C0715" w:rsidRDefault="007C0715" w:rsidP="007C0715">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F854D2F" w14:textId="77777777" w:rsidR="005F139F" w:rsidRDefault="005F139F" w:rsidP="005F139F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00320CBE" w14:paraId="0FBEDDC6" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="2203207D" w14:textId="77777777" w:rsidTr="00EC7F4C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="384CFBAE" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="47EEF07F" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7C6026D6" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="348D0B9C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9322,79 +9794,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="2D3A693B" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="42940F83" w14:textId="77777777" w:rsidTr="00EC7F4C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="284EBC7D" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6D021374" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6FA1CCCB" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="03B14440" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9452,80 +9924,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="09DEB21B" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="5026B2A7" w14:textId="77777777" w:rsidTr="00EC7F4C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="34E3BC0C" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="4523DA46" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1FB1FA5E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="0B79866D" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9583,80 +10055,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="1369428F" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="2C082B29" w14:textId="77777777" w:rsidTr="00EC7F4C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3F637400" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="77A08D34" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6565F4B2" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6555EA3E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRPr="004B05D7" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9714,79 +10186,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00320CBE" w14:paraId="17736936" w14:textId="77777777" w:rsidTr="00BD5B38">
+            <w:tr w:rsidR="00320CBE" w14:paraId="5E09B064" w14:textId="77777777" w:rsidTr="00EC7F4C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="482B1F05" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="506C872E" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3951F010" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
+                <w:p w14:paraId="6E8ACDE5" w14:textId="77777777" w:rsidR="00320CBE" w:rsidRDefault="00320CBE" w:rsidP="00320CBE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9845,269 +10317,2170 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="4197F676" w14:textId="77777777" w:rsidR="00720546" w:rsidRDefault="00320CBE" w:rsidP="005F139F">
+          <w:p w14:paraId="34C0E33E" w14:textId="77777777" w:rsidR="00720546" w:rsidRDefault="00320CBE" w:rsidP="005F139F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00886262" w:rsidRPr="003968CB" w14:paraId="4F400946" w14:textId="77777777" w:rsidTr="00320CBE">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10975" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="674B6136" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000462AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOCUS OF TREATMENT: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="Focus of Treatment"/>
+                <w:tag w:val="Focus of Treatment"/>
+                <w:id w:val="-1889326345"/>
+                <w:placeholder>
+                  <w:docPart w:val="AE539E05D5724CC397046A9072D173BE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Emotional abuse prevention" w:value="Emotional abuse prevention"/>
+                  <w:listItem w:displayText="Enhancing parenting skills" w:value="Enhancing parenting skills"/>
+                  <w:listItem w:displayText="Intimate partner violence prevention" w:value="Intimate partner violence prevention"/>
+                  <w:listItem w:displayText="Mental health stabilization" w:value="Mental health stabilization"/>
+                  <w:listItem w:displayText="Neglect prevention" w:value="Neglect prevention"/>
+                  <w:listItem w:displayText="Physical abuse prevention" w:value="Physical abuse prevention"/>
+                  <w:listItem w:displayText="Relapse prevention" w:value="Relapse prevention"/>
+                  <w:listItem w:displayText="Safety planning for risk factors" w:value="Safety planning for risk factors"/>
+                  <w:listItem w:displayText="Sexual abuse prevention" w:value="Sexual abuse prevention"/>
+                  <w:listItem w:displayText="Trauma processing" w:value="Trauma processing"/>
+                  <w:listItem w:displayText="Other area of focus (please describe)" w:value="Other area of focus (please describe)"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000462AD">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="51DD411D" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3017CFFA" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:top w:w="29" w:type="dxa"/>
+                <w:bottom w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2040"/>
+              <w:gridCol w:w="8619"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00886262" w14:paraId="6729CA18" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1C926684" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>I</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>nitial Assessment</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="37738E60" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="4C2A49DB" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="493AF706" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>First Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="76238821" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="2B24643F" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D6037BE" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Second Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F473E0E" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="656D4843" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2E269177" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Third Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="18A74E23" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="01653CC4" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2C7A3158" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Fourth Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66C3D23C" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="23D8CD13" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00886262" w:rsidRPr="003968CB" w14:paraId="5AD32591" w14:textId="77777777" w:rsidTr="00320CBE">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10975" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B0B0AF" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000462AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOCUS OF TREATMENT: </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="Focus of Treatment"/>
+                <w:tag w:val="Focus of Treatment"/>
+                <w:id w:val="595983293"/>
+                <w:placeholder>
+                  <w:docPart w:val="4C7E1C78448F4AB28EE70061FB4DE8E8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Emotional abuse prevention" w:value="Emotional abuse prevention"/>
+                  <w:listItem w:displayText="Enhancing parenting skills" w:value="Enhancing parenting skills"/>
+                  <w:listItem w:displayText="Intimate partner violence prevention" w:value="Intimate partner violence prevention"/>
+                  <w:listItem w:displayText="Mental health stabilization" w:value="Mental health stabilization"/>
+                  <w:listItem w:displayText="Neglect prevention" w:value="Neglect prevention"/>
+                  <w:listItem w:displayText="Physical abuse prevention" w:value="Physical abuse prevention"/>
+                  <w:listItem w:displayText="Relapse prevention" w:value="Relapse prevention"/>
+                  <w:listItem w:displayText="Safety planning for risk factors" w:value="Safety planning for risk factors"/>
+                  <w:listItem w:displayText="Sexual abuse prevention" w:value="Sexual abuse prevention"/>
+                  <w:listItem w:displayText="Trauma processing" w:value="Trauma processing"/>
+                  <w:listItem w:displayText="Other area of focus (please describe)" w:value="Other area of focus (please describe)"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="000462AD">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="23772176" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C4B7752" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:top w:w="29" w:type="dxa"/>
+                <w:bottom w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2040"/>
+              <w:gridCol w:w="8619"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00886262" w14:paraId="6B0F1934" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="662D5B41" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>I</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>nitial Assessment</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7512BDFA" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="3F51E923" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3D46C39F" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>First Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5ECB7B9C" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="1BB09226" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4469B8E9" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Second Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="26E78A47" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="36348544" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5FE372CD" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Third Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="33B808C0" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="004B05D7" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00886262" w14:paraId="5E592343" w14:textId="77777777" w:rsidTr="009744DD">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17E9618A" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Fourth Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F4FAAD2" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00886262">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="1CAAAD9D" w14:textId="77777777" w:rsidR="00886262" w:rsidRPr="000462AD" w:rsidRDefault="00886262" w:rsidP="00886262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39AAF06D" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39"/>
-    <w:p w14:paraId="6DD64D74" w14:textId="77777777" w:rsidR="00254241" w:rsidRDefault="00254241" w:rsidP="00DA5D39">
+    <w:p w14:paraId="71551B17" w14:textId="77777777" w:rsidR="00886262" w:rsidRDefault="00886262" w:rsidP="00DA5D39"/>
+    <w:p w14:paraId="68FD4561" w14:textId="77777777" w:rsidR="00254241" w:rsidRDefault="00254241" w:rsidP="00DA5D39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>DISCHARGE SUMMARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51663C66" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C84A40">
+    <w:p w14:paraId="575B762D" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C84A40">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5832"/>
         <w:gridCol w:w="5148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00254241" w:rsidRPr="003968CB" w14:paraId="5881345B" w14:textId="77777777" w:rsidTr="007420AB">
+      <w:tr w:rsidR="00254241" w:rsidRPr="003968CB" w14:paraId="767AE5BD" w14:textId="77777777" w:rsidTr="007420AB">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5832" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A27E633" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="005F39B7">
+          <w:p w14:paraId="6AD17150" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="005F39B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Discharge: </w:t>
             </w:r>
-            <w:sdt>
-[...30 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5148" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47B727DD" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="005F39B7">
+          <w:p w14:paraId="7FF50983" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="005F39B7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date SW Notified: </w:t>
             </w:r>
-            <w:sdt>
-[...30 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00254241" w:rsidRPr="003968CB" w14:paraId="5E13F9EF" w14:textId="77777777" w:rsidTr="007420AB">
+      <w:tr w:rsidR="00254241" w:rsidRPr="003968CB" w14:paraId="28503C7D" w14:textId="77777777" w:rsidTr="007420AB">
         <w:trPr>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC2768D" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="00994DCD">
+          <w:p w14:paraId="63CC8D4D" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="00254241" w:rsidP="00994DCD">
             <w:pPr>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason for Discharge: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="124AE3DB" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="005B517E" w:rsidP="00431B76">
+          <w:p w14:paraId="3955B6BD" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="004B05D7" w:rsidRDefault="005B517E" w:rsidP="00431B76">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
@@ -10447,208 +12820,141 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001D1F4B" w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F683A90" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00C84BE3">
+    <w:p w14:paraId="292D5A5C" w14:textId="77777777" w:rsidR="00EC7F4C" w:rsidRDefault="00EC7F4C">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C9B8001" w14:textId="77777777" w:rsidR="009525D1" w:rsidRDefault="009525D1" w:rsidP="00C84BE3">
-[...65 lines deleted...]
-    <w:p w14:paraId="3EF5F0CD" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00A41D50" w:rsidRDefault="00856F2C" w:rsidP="00A41D50">
+    <w:p w14:paraId="4BF031D2" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00A41D50" w:rsidRDefault="00856F2C" w:rsidP="00A41D50">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PARENT</w:t>
       </w:r>
       <w:r w:rsidR="00254241" w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> SIGNATURE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10975" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B31BC4" w14:paraId="3CD43609" w14:textId="77777777" w:rsidTr="009525D1">
+      <w:tr w:rsidR="00B31BC4" w14:paraId="6B805846" w14:textId="77777777" w:rsidTr="009525D1">
         <w:trPr>
           <w:trHeight w:val="1781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C23B74B" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
+          <w:p w14:paraId="58B41A2E" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I have discussed this treatment plan with my provider.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="013BBBC0" w14:textId="77777777" w:rsidR="008508EA" w:rsidRDefault="008508EA" w:rsidP="00B31BC4">
+          <w:p w14:paraId="105D4F33" w14:textId="77777777" w:rsidR="008508EA" w:rsidRDefault="008508EA" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B9E5FD5" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
+          <w:p w14:paraId="66B40E00" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Parent Signature: ______________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00BA77FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -10669,194 +12975,244 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:r w:rsidR="00CB1BD6" w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35CF593B" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
+          <w:p w14:paraId="2489F1DD" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E9EEC32" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
+          <w:p w14:paraId="5B107949" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRPr="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">For telehealth services: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please review the treatment plan with the client and document the date. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D82A1B" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
+          <w:p w14:paraId="2209C2BC" w14:textId="77777777" w:rsidR="00B31BC4" w:rsidRDefault="00B31BC4" w:rsidP="00B31BC4">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B31BC4">
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date reviewed: </w:t>
             </w:r>
-            <w:sdt>
-[...39 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3429C426" w14:textId="77777777" w:rsidR="001C0D58" w:rsidRDefault="001C0D58" w:rsidP="001C0D58">
+    <w:p w14:paraId="35C75530" w14:textId="77777777" w:rsidR="001C0D58" w:rsidRDefault="001C0D58" w:rsidP="001C0D58">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4156A738" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
+    <w:p w14:paraId="3B1BF1AC" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIAGNOSIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3459D8C6" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
+    <w:p w14:paraId="3A132827" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">List </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>your diagnostic impressions of the parent</w:t>
       </w:r>
@@ -10900,185 +13256,185 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>being maintained</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E80A60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by history, state so.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="75DDFE11" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
+    <w:p w14:paraId="0BF843C0" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6068BFB8" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
+    <w:p w14:paraId="4E4BDF96" w14:textId="77777777" w:rsidR="00DA5D39" w:rsidRPr="00DA5D39" w:rsidRDefault="00DA5D39" w:rsidP="00DA5D39">
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Primary Diagnosis should be listed first</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8FE543" w14:textId="77777777" w:rsidR="000D761E" w:rsidRDefault="000D761E" w:rsidP="00D94EB0">
+    <w:p w14:paraId="4FCD583B" w14:textId="77777777" w:rsidR="000D761E" w:rsidRDefault="000D761E" w:rsidP="00D94EB0">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:shd w:val="clear" w:color="auto" w:fill="C7D4E8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1884"/>
         <w:gridCol w:w="9001"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="2B543C6B" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="700D1AB1" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="045B1901" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="13BEA800" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ICD-10</w:t>
             </w:r>
             <w:r w:rsidR="00C06AE3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35DAF0CA" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="143FD64E" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DSM-5-TR</w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diagnos</w:t>
             </w:r>
             <w:r w:rsidR="00C06AE3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="48DFACD2" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="2DFA8146" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="599E8FD7" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="41C5E685" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11141,51 +13497,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33010313" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="60295DA6" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11245,56 +13601,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="4EB1AE0B" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="7391DE40" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47F5C19D" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="7E3E1758" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11357,51 +13713,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A118F42" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="2F127EA9" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11461,56 +13817,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="4004602E" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="4D0FE2BD" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="116EB863" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="3E083AAE" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11573,51 +13929,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA46004" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="5CC001BF" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11677,56 +14033,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="596C56F1" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="27700C99" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02EA9FAE" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="757A4B24" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11789,51 +14145,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFC76F3" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="6FA1A627" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -11893,56 +14249,56 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="588B9B76" w14:textId="77777777" w:rsidTr="001D4EB2">
+      <w:tr w:rsidR="00411720" w:rsidRPr="003968CB" w14:paraId="4D5FD798" w14:textId="77777777" w:rsidTr="001D4EB2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1884" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C50467A" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="10A008C0" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -12005,51 +14361,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9001" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EAC7184" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
+          <w:p w14:paraId="667C65F2" w14:textId="77777777" w:rsidR="00411720" w:rsidRPr="004B05D7" w:rsidRDefault="00411720" w:rsidP="00720546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -12110,144 +14466,144 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ED7D4C8" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="003476E3">
+    <w:p w14:paraId="70DEC486" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="003476E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="390AF178" w14:textId="77777777" w:rsidR="00254241" w:rsidRDefault="00EA79D3" w:rsidP="003476E3">
+    <w:p w14:paraId="2D262E82" w14:textId="77777777" w:rsidR="00254241" w:rsidRDefault="00EA79D3" w:rsidP="003476E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="003476E3" w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ADDITIONAL COMMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DE6953" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="003476E3">
+    <w:p w14:paraId="2CD3055F" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="003476E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Any recommendations offered are within the scope of provider’s role as a TERM provider and the clinical rationale is clearly stated</w:t>
       </w:r>
       <w:r w:rsidR="00B56ECA" w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367B8219" w14:textId="77777777" w:rsidR="009525D1" w:rsidRPr="004B05D7" w:rsidRDefault="009525D1" w:rsidP="003476E3">
+    <w:p w14:paraId="3681E6AD" w14:textId="77777777" w:rsidR="009525D1" w:rsidRPr="004B05D7" w:rsidRDefault="009525D1" w:rsidP="003476E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003476E3" w14:paraId="5B5B722A" w14:textId="77777777" w:rsidTr="009525D1">
+      <w:tr w:rsidR="003476E3" w14:paraId="074CEB87" w14:textId="77777777" w:rsidTr="009525D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3AD71E" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="00632309">
+          <w:p w14:paraId="307B5A88" w14:textId="77777777" w:rsidR="003476E3" w:rsidRDefault="003476E3" w:rsidP="00632309">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
@@ -12307,124 +14663,124 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E378E0C" w14:textId="77777777" w:rsidR="008B7491" w:rsidRDefault="008B7491" w:rsidP="008B7491">
+    <w:p w14:paraId="2CF43E89" w14:textId="77777777" w:rsidR="008B7491" w:rsidRDefault="008B7491" w:rsidP="008B7491">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14514591" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRDefault="008C7F25" w:rsidP="002B340B">
+    <w:p w14:paraId="310FD2DB" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRDefault="008C7F25" w:rsidP="002B340B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PROVIDER SIGNATURE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5971"/>
         <w:gridCol w:w="4919"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="511769F1" w14:textId="77777777">
+      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="5C6FD97B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5971" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE69209" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
+          <w:p w14:paraId="4718E12B" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Printed Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -12494,51 +14850,51 @@
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4919" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047D2C41" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
+          <w:p w14:paraId="2082FEA6" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">License/Registration </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">type and </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
@@ -12620,76 +14976,77 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="2C4C2C89" w14:textId="77777777">
+      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="59277BB2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5971" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A482276" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
+          <w:p w14:paraId="49F71FD8" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -12749,115 +15106,174 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4919" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5ECF87" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
+          <w:p w14:paraId="288D8B58" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature Date: </w:t>
             </w:r>
-            <w:sdt>
-[...30 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00225EAC" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="4003DD3A" w14:textId="77777777">
+      <w:tr w:rsidR="008C7F25" w:rsidRPr="003968CB" w14:paraId="412E6789" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="015549FB" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
+          <w:p w14:paraId="5AC13580" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRPr="004B05D7" w:rsidRDefault="008C7F25">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Phone Number: </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -12924,162 +15340,113 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F4AD901" w14:textId="77777777" w:rsidR="008C7F25" w:rsidRDefault="008C7F25" w:rsidP="008C7F25">
+    <w:p w14:paraId="2C46CC29" w14:textId="77777777" w:rsidR="00EC7F4C" w:rsidRDefault="00EC7F4C">
       <w:pPr>
-        <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2573E5FD" w14:textId="77777777" w:rsidR="009525D1" w:rsidRDefault="009525D1" w:rsidP="008C7F25">
-[...47 lines deleted...]
-    <w:p w14:paraId="5599DE15" w14:textId="77777777" w:rsidR="0032571D" w:rsidRDefault="008B7491" w:rsidP="002B340B">
+    <w:p w14:paraId="33130F1F" w14:textId="77777777" w:rsidR="0032571D" w:rsidRDefault="008B7491" w:rsidP="002B340B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REQUIRED FOR INTERNS ONLY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10776" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6171"/>
         <w:gridCol w:w="4605"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0032571D" w:rsidRPr="009E4112" w14:paraId="179DE88F" w14:textId="77777777" w:rsidTr="0032571D">
+      <w:tr w:rsidR="0032571D" w:rsidRPr="009E4112" w14:paraId="1C2F11FF" w14:textId="77777777" w:rsidTr="0032571D">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6171" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE99CEE" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
+          <w:p w14:paraId="7D37E403" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisor Printed Name: </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13157,51 +15524,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F360D02" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
+          <w:p w14:paraId="6433396E" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisor Signature: </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13275,60 +15642,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0032571D" w:rsidRPr="009E4112" w14:paraId="3F3479C4" w14:textId="77777777" w:rsidTr="0032571D">
+      <w:tr w:rsidR="0032571D" w:rsidRPr="009E4112" w14:paraId="631DAD11" w14:textId="77777777" w:rsidTr="0032571D">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6171" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEF7FD5" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
+          <w:p w14:paraId="54D21FBA" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">License type and #: </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13406,156 +15773,214 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4207C59A" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
+          <w:p w14:paraId="1C181656" w14:textId="77777777" w:rsidR="0032571D" w:rsidRPr="00123EAF" w:rsidRDefault="0032571D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7F4C" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B301F5B" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
+    <w:p w14:paraId="04855E7D" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="602FC704" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRPr="004B05D7" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
+    <w:p w14:paraId="0B8697D0" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRPr="004B05D7" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit Initial Treatment Plan/Update as per the authorized reporting schedule to </w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Optum TERM</w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at Fax: 1(877) 624-8376. Optum TERM will conduct a quality review and will be responsible for forwarding approved Quarterly Progress Reports to the Protective Services Worker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F2BFF1" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
+    <w:p w14:paraId="457AB518" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32BA5213" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRPr="004B05D7" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
+    <w:p w14:paraId="0F822BD8" w14:textId="77777777" w:rsidR="002C24E9" w:rsidRPr="004B05D7" w:rsidRDefault="002C24E9" w:rsidP="002C24E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Medi-Cal funding: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorization for continued services is dependent on Medical Necessity review of the </w:t>
       </w:r>
       <w:r w:rsidR="00D4579D">
@@ -13569,84 +15994,84 @@
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Providers will be notified of determination within fourteen (14) business days of </w:t>
       </w:r>
       <w:r w:rsidR="00D4579D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>treatment plan</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30EB6E5B" w14:textId="77777777" w:rsidR="000016DA" w:rsidRDefault="000016DA"/>
-    <w:sectPr w:rsidR="000016DA" w:rsidSect="00805B1E">
+    <w:p w14:paraId="0FD8B3F2" w14:textId="77777777" w:rsidR="000016DA" w:rsidRDefault="000016DA"/>
+    <w:sectPr w:rsidR="000016DA" w:rsidSect="00041D26">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="0" w:right="965" w:bottom="1152" w:left="720" w:header="144" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="0" w:right="965" w:bottom="630" w:left="720" w:header="144" w:footer="405" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58E68B3C" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38">
+    <w:p w14:paraId="7E56A649" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F786CD1" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38">
+    <w:p w14:paraId="0395A207" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53CC00CD" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38"/>
+    <w:p w14:paraId="22A50C57" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -13677,111 +16102,165 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DEED7A4" w14:textId="5D3153DA" w:rsidR="00BD5B38" w:rsidRPr="00577636" w:rsidRDefault="00BD5B38" w:rsidP="00577636">
+  <w:p w14:paraId="6BAD8380" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRPr="00577636" w:rsidRDefault="003B7D7C" w:rsidP="00577636">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>04-176/04-177c (</w:t>
+      <w:t>04-176/04-177</w:t>
+    </w:r>
+    <w:r w:rsidR="0095726B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>p</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008A0A4B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="0095726B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>06</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidRPr="008A0A4B">
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>/2</w:t>
+      <w:t>25</w:t>
+    </w:r>
+    <w:r w:rsidR="00F20236">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+    <w:r w:rsidR="0095726B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>(</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="0095726B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>c)</w:t>
+    </w:r>
+    <w:r w:rsidR="00F20236">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (09</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>/25) (</w:t>
     </w:r>
-    <w:r w:rsidRPr="008A0A4B">
-[...5 lines deleted...]
-    </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>(c) (08/25) (F)</w:t>
+      <w:t>F)</w:t>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                              </w:t>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00577636">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                           </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -13798,106 +16277,106 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00054400">
+    <w:r w:rsidR="007C3012">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00054400">
+    <w:r w:rsidR="007C3012">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">                             </w:t>
@@ -13918,51 +16397,51 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00577636">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>County of San Diego/HHSA/C</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>FWB</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2836E8FD" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRPr="00BD6929" w:rsidRDefault="00BD5B38" w:rsidP="00325100">
+  <w:p w14:paraId="122F2300" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRPr="00BD6929" w:rsidRDefault="003B7D7C" w:rsidP="00325100">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005F5B73">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>04-176/04-177P (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="005F5B73">
@@ -14015,54 +16494,54 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r w:rsidRPr="00BD6929">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="00BD6929">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79BC0CEF" wp14:editId="71E27678">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65637E2B" wp14:editId="34EC2A43">
           <wp:extent cx="1954530" cy="191632"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="7" name="Picture 7"/>
+          <wp:docPr id="457018102" name="Picture 457018102"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -14094,469 +16573,366 @@
       <w:t xml:space="preserve">                   </w:t>
     </w:r>
     <w:r w:rsidRPr="005F5B73">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>County of San Diego/HHSA/C</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>FWB</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D94EC21" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38">
+    <w:p w14:paraId="3CB0D910" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35338D00" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38">
+    <w:p w14:paraId="508962CE" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="699A20BB" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38"/>
+    <w:p w14:paraId="40A170B9" w14:textId="77777777" w:rsidR="00102C0A" w:rsidRDefault="00102C0A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2CC4590C" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="3B28B082" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0398F462" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="23084870" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Child and Family Wellbeing</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1DE410F8" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRPr="004B05D7" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="0FCFC908" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004B05D7">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Initial Treatment Plan/Treatment Plan Update: PARENT </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="516BCADE" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00805B1E">
-[...282 lines deleted...]
-  <w:p w14:paraId="3F797858" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="315FF14D" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="004B05D7" w:rsidRDefault="000754AE" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="320A9585" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5035"/>
+      <w:gridCol w:w="5510"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="000754AE" w:rsidRPr="00806134" w14:paraId="5B442488" w14:textId="77777777" w:rsidTr="000754AE">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5035" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="48B8F60E" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="00806134" w:rsidRDefault="000754AE" w:rsidP="000754AE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Client Name:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5510" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7AC4642E" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="00806134" w:rsidRDefault="000754AE" w:rsidP="000754AE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Client DOB:    </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000754AE" w:rsidRPr="00806134" w14:paraId="39085AE9" w14:textId="77777777" w:rsidTr="000754AE">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5035" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="603A5DEE" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="00806134" w:rsidRDefault="000754AE" w:rsidP="000754AE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Provider Name:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5510" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3A325C36" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="00806134" w:rsidRDefault="000754AE" w:rsidP="000754AE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">PSW Name:  </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="000754AE" w:rsidRPr="00FD6DDC" w14:paraId="28563E75" w14:textId="77777777" w:rsidTr="000754AE">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10545" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+        </w:tcPr>
+        <w:p w14:paraId="10946793" w14:textId="77777777" w:rsidR="000754AE" w:rsidRPr="00FD6DDC" w:rsidRDefault="000754AE" w:rsidP="000754AE">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Date: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0FA6CFFF" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00805B1E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BE1FBB2" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="47819DD3" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Child and Family Wellbeing</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5B16E914" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRPr="004B05D7" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="52909067" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRPr="004B05D7" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004B05D7">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Initial Treatment Plan/Treatment Plan Update: PARENT </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="18F89556" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="0F0096B6" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1385BB64" w14:textId="77777777" w:rsidR="00BD5B38" w:rsidRDefault="00BD5B38" w:rsidP="00734B4B">
+  <w:p w14:paraId="24A28F0C" w14:textId="77777777" w:rsidR="003B7D7C" w:rsidRDefault="003B7D7C" w:rsidP="00734B4B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004B05D7">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Client Name: </w:t>
     </w:r>
     <w:r w:rsidRPr="004B05D7">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                           </w:t>
     </w:r>
     <w:r w:rsidRPr="004B05D7">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
@@ -14587,51 +16963,50 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:id w:val="-1707479571"/>
         <w:placeholder>
           <w:docPart w:val="B4EC1023D15D4ED699C357D57B3881B8"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:date>
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="005F39B7">
           <w:rPr>
             <w:rStyle w:val="PlaceholderText"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Click or tap to enter a date.</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14D71E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EE26D78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -14719,266 +17094,280 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2020890113">
+  <w:num w:numId="1" w16cid:durableId="322704942">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B213B"/>
     <w:rsid w:val="0000023A"/>
     <w:rsid w:val="000016DA"/>
     <w:rsid w:val="00004E57"/>
     <w:rsid w:val="00005B1E"/>
     <w:rsid w:val="0001434A"/>
+    <w:rsid w:val="000160F4"/>
     <w:rsid w:val="000325C0"/>
+    <w:rsid w:val="00041D26"/>
     <w:rsid w:val="0004261C"/>
+    <w:rsid w:val="0004355B"/>
     <w:rsid w:val="00047799"/>
     <w:rsid w:val="00047CF8"/>
     <w:rsid w:val="00050871"/>
     <w:rsid w:val="00052AED"/>
     <w:rsid w:val="00053746"/>
     <w:rsid w:val="00054400"/>
     <w:rsid w:val="0005456D"/>
     <w:rsid w:val="00054D4E"/>
     <w:rsid w:val="00056745"/>
     <w:rsid w:val="00060749"/>
     <w:rsid w:val="00062A97"/>
     <w:rsid w:val="0006556C"/>
     <w:rsid w:val="00070330"/>
     <w:rsid w:val="00070D4F"/>
     <w:rsid w:val="00071EFF"/>
     <w:rsid w:val="00073A74"/>
+    <w:rsid w:val="000754AE"/>
     <w:rsid w:val="000903CB"/>
     <w:rsid w:val="0009105B"/>
+    <w:rsid w:val="0009142E"/>
     <w:rsid w:val="00092F2C"/>
     <w:rsid w:val="000951B5"/>
     <w:rsid w:val="000978BA"/>
     <w:rsid w:val="00097AF9"/>
     <w:rsid w:val="000A1C11"/>
     <w:rsid w:val="000A6C35"/>
     <w:rsid w:val="000B0871"/>
     <w:rsid w:val="000B0D0E"/>
     <w:rsid w:val="000B399D"/>
     <w:rsid w:val="000C21C5"/>
     <w:rsid w:val="000C354C"/>
     <w:rsid w:val="000C478D"/>
     <w:rsid w:val="000C65A6"/>
     <w:rsid w:val="000C6F16"/>
     <w:rsid w:val="000D18E0"/>
     <w:rsid w:val="000D23D2"/>
     <w:rsid w:val="000D3E82"/>
     <w:rsid w:val="000D3FE9"/>
     <w:rsid w:val="000D5F72"/>
     <w:rsid w:val="000D761E"/>
     <w:rsid w:val="000E1379"/>
     <w:rsid w:val="000E4578"/>
     <w:rsid w:val="000E6FAA"/>
     <w:rsid w:val="000F1030"/>
     <w:rsid w:val="000F504F"/>
+    <w:rsid w:val="000F5451"/>
     <w:rsid w:val="000F6F02"/>
     <w:rsid w:val="000F7E68"/>
     <w:rsid w:val="0010049F"/>
     <w:rsid w:val="00101F8E"/>
+    <w:rsid w:val="00102C0A"/>
     <w:rsid w:val="00104CD6"/>
     <w:rsid w:val="00105154"/>
     <w:rsid w:val="00106B86"/>
     <w:rsid w:val="00107D70"/>
     <w:rsid w:val="00110F79"/>
     <w:rsid w:val="00111660"/>
     <w:rsid w:val="001174B2"/>
     <w:rsid w:val="00117A39"/>
     <w:rsid w:val="00132D77"/>
+    <w:rsid w:val="00135DA8"/>
     <w:rsid w:val="00137023"/>
     <w:rsid w:val="00144AF3"/>
     <w:rsid w:val="00146BF0"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="00154869"/>
     <w:rsid w:val="001562F9"/>
     <w:rsid w:val="00165FFD"/>
     <w:rsid w:val="001675CC"/>
+    <w:rsid w:val="001709D3"/>
     <w:rsid w:val="001715DB"/>
     <w:rsid w:val="00177509"/>
     <w:rsid w:val="0017757B"/>
     <w:rsid w:val="001808CE"/>
     <w:rsid w:val="00182906"/>
     <w:rsid w:val="00187618"/>
     <w:rsid w:val="001900E8"/>
     <w:rsid w:val="00195304"/>
     <w:rsid w:val="0019681D"/>
+    <w:rsid w:val="00196C90"/>
     <w:rsid w:val="001A199F"/>
     <w:rsid w:val="001A1FF3"/>
     <w:rsid w:val="001A30EB"/>
     <w:rsid w:val="001A68E9"/>
     <w:rsid w:val="001A7AE3"/>
     <w:rsid w:val="001B081A"/>
     <w:rsid w:val="001B213B"/>
     <w:rsid w:val="001B3AD9"/>
     <w:rsid w:val="001B6371"/>
     <w:rsid w:val="001C0A52"/>
     <w:rsid w:val="001C0D58"/>
     <w:rsid w:val="001D1B19"/>
     <w:rsid w:val="001D1F4B"/>
     <w:rsid w:val="001D4EB2"/>
     <w:rsid w:val="001E2CED"/>
     <w:rsid w:val="001E4061"/>
     <w:rsid w:val="001E4166"/>
     <w:rsid w:val="001E4F21"/>
     <w:rsid w:val="001E6381"/>
     <w:rsid w:val="001F2EE8"/>
     <w:rsid w:val="00202BF7"/>
     <w:rsid w:val="00203AA4"/>
     <w:rsid w:val="00203FBD"/>
     <w:rsid w:val="002059C0"/>
     <w:rsid w:val="00207469"/>
     <w:rsid w:val="00212DBB"/>
     <w:rsid w:val="00217C17"/>
     <w:rsid w:val="00221561"/>
     <w:rsid w:val="00222100"/>
     <w:rsid w:val="00224DB7"/>
+    <w:rsid w:val="00225EAC"/>
     <w:rsid w:val="00226373"/>
     <w:rsid w:val="002264B8"/>
     <w:rsid w:val="00232D13"/>
     <w:rsid w:val="00232F86"/>
     <w:rsid w:val="00241D14"/>
     <w:rsid w:val="00244DDF"/>
     <w:rsid w:val="0025206E"/>
     <w:rsid w:val="00254241"/>
     <w:rsid w:val="0025678E"/>
     <w:rsid w:val="002619A4"/>
     <w:rsid w:val="0026755F"/>
     <w:rsid w:val="00270B63"/>
     <w:rsid w:val="00271F38"/>
     <w:rsid w:val="002752B2"/>
     <w:rsid w:val="00284ACB"/>
     <w:rsid w:val="0028518E"/>
     <w:rsid w:val="002872F4"/>
     <w:rsid w:val="0029208C"/>
+    <w:rsid w:val="002934A9"/>
     <w:rsid w:val="002A03DD"/>
     <w:rsid w:val="002A2F1C"/>
     <w:rsid w:val="002A41B2"/>
     <w:rsid w:val="002B340B"/>
     <w:rsid w:val="002B6DBC"/>
     <w:rsid w:val="002C1275"/>
     <w:rsid w:val="002C24E9"/>
     <w:rsid w:val="002C4720"/>
     <w:rsid w:val="002C57B0"/>
     <w:rsid w:val="002D439E"/>
     <w:rsid w:val="002D7EAA"/>
     <w:rsid w:val="002E2450"/>
     <w:rsid w:val="002E2871"/>
     <w:rsid w:val="002F73DC"/>
     <w:rsid w:val="003016B6"/>
     <w:rsid w:val="00307C90"/>
     <w:rsid w:val="003144BD"/>
     <w:rsid w:val="00315D5B"/>
     <w:rsid w:val="00315E68"/>
     <w:rsid w:val="00317AEA"/>
     <w:rsid w:val="00320CBE"/>
     <w:rsid w:val="00320EED"/>
     <w:rsid w:val="00322EEF"/>
     <w:rsid w:val="00325100"/>
     <w:rsid w:val="0032571D"/>
     <w:rsid w:val="00326720"/>
     <w:rsid w:val="00330975"/>
     <w:rsid w:val="003321DB"/>
     <w:rsid w:val="00341E78"/>
     <w:rsid w:val="00343762"/>
     <w:rsid w:val="003476E3"/>
     <w:rsid w:val="00355B1B"/>
     <w:rsid w:val="0036062B"/>
     <w:rsid w:val="00365385"/>
     <w:rsid w:val="00365676"/>
     <w:rsid w:val="00375D06"/>
     <w:rsid w:val="00376370"/>
     <w:rsid w:val="00381A3A"/>
     <w:rsid w:val="00382980"/>
     <w:rsid w:val="00384358"/>
     <w:rsid w:val="00391B33"/>
     <w:rsid w:val="003968CB"/>
     <w:rsid w:val="003A08EF"/>
     <w:rsid w:val="003B7D7B"/>
+    <w:rsid w:val="003B7D7C"/>
     <w:rsid w:val="003C1D09"/>
     <w:rsid w:val="003C296F"/>
     <w:rsid w:val="003C3D59"/>
+    <w:rsid w:val="003D16DE"/>
     <w:rsid w:val="003D17C3"/>
     <w:rsid w:val="003D3F18"/>
     <w:rsid w:val="003D41A3"/>
     <w:rsid w:val="003D4CEB"/>
     <w:rsid w:val="003E03B3"/>
     <w:rsid w:val="003E3A1B"/>
     <w:rsid w:val="003E4C48"/>
     <w:rsid w:val="003F0330"/>
     <w:rsid w:val="003F07C2"/>
     <w:rsid w:val="003F131A"/>
     <w:rsid w:val="003F19B0"/>
     <w:rsid w:val="003F1EF5"/>
     <w:rsid w:val="003F399D"/>
     <w:rsid w:val="003F3BB6"/>
     <w:rsid w:val="003F4CF7"/>
     <w:rsid w:val="00402E5A"/>
     <w:rsid w:val="0040303E"/>
     <w:rsid w:val="00404B1F"/>
     <w:rsid w:val="00406A45"/>
     <w:rsid w:val="004070DC"/>
     <w:rsid w:val="00410517"/>
     <w:rsid w:val="00411720"/>
     <w:rsid w:val="00411BCD"/>
     <w:rsid w:val="00413605"/>
     <w:rsid w:val="00416AF8"/>
@@ -15032,50 +17421,51 @@
     <w:rsid w:val="005327D2"/>
     <w:rsid w:val="00532F4E"/>
     <w:rsid w:val="0053432A"/>
     <w:rsid w:val="0053631A"/>
     <w:rsid w:val="00541437"/>
     <w:rsid w:val="00541945"/>
     <w:rsid w:val="0054376B"/>
     <w:rsid w:val="00545C47"/>
     <w:rsid w:val="00547FBA"/>
     <w:rsid w:val="00564A5B"/>
     <w:rsid w:val="0057015B"/>
     <w:rsid w:val="005710DB"/>
     <w:rsid w:val="0057327B"/>
     <w:rsid w:val="00574A57"/>
     <w:rsid w:val="00574A5D"/>
     <w:rsid w:val="00576240"/>
     <w:rsid w:val="00576F77"/>
     <w:rsid w:val="00577636"/>
     <w:rsid w:val="00580682"/>
     <w:rsid w:val="005835A0"/>
     <w:rsid w:val="005836F4"/>
     <w:rsid w:val="00583DCE"/>
     <w:rsid w:val="00584022"/>
     <w:rsid w:val="005925F9"/>
     <w:rsid w:val="005928E6"/>
+    <w:rsid w:val="005A010F"/>
     <w:rsid w:val="005A222A"/>
     <w:rsid w:val="005A2CDB"/>
     <w:rsid w:val="005A75CE"/>
     <w:rsid w:val="005B2631"/>
     <w:rsid w:val="005B28C9"/>
     <w:rsid w:val="005B3AEC"/>
     <w:rsid w:val="005B517E"/>
     <w:rsid w:val="005C0E5F"/>
     <w:rsid w:val="005C3D87"/>
     <w:rsid w:val="005C5A6D"/>
     <w:rsid w:val="005C5B9F"/>
     <w:rsid w:val="005D10C8"/>
     <w:rsid w:val="005D504E"/>
     <w:rsid w:val="005D726A"/>
     <w:rsid w:val="005E0512"/>
     <w:rsid w:val="005E098B"/>
     <w:rsid w:val="005E0AFA"/>
     <w:rsid w:val="005E66AB"/>
     <w:rsid w:val="005E7E26"/>
     <w:rsid w:val="005F139F"/>
     <w:rsid w:val="005F19B3"/>
     <w:rsid w:val="005F363F"/>
     <w:rsid w:val="005F39B7"/>
     <w:rsid w:val="005F60EC"/>
     <w:rsid w:val="00600631"/>
@@ -15111,88 +17501,91 @@
     <w:rsid w:val="006975F3"/>
     <w:rsid w:val="006A3BA4"/>
     <w:rsid w:val="006B0E16"/>
     <w:rsid w:val="006B51C9"/>
     <w:rsid w:val="006B69A0"/>
     <w:rsid w:val="006B7F15"/>
     <w:rsid w:val="006C096A"/>
     <w:rsid w:val="006C2543"/>
     <w:rsid w:val="006C2A33"/>
     <w:rsid w:val="006C3EF9"/>
     <w:rsid w:val="006C5578"/>
     <w:rsid w:val="006C6758"/>
     <w:rsid w:val="006C79EC"/>
     <w:rsid w:val="006D188F"/>
     <w:rsid w:val="006E2E39"/>
     <w:rsid w:val="006E50E0"/>
     <w:rsid w:val="006E794B"/>
     <w:rsid w:val="006E79DD"/>
     <w:rsid w:val="006F1F88"/>
     <w:rsid w:val="006F3A83"/>
     <w:rsid w:val="006F3D06"/>
     <w:rsid w:val="006F48CD"/>
     <w:rsid w:val="00713F46"/>
     <w:rsid w:val="00714EA2"/>
     <w:rsid w:val="00720546"/>
+    <w:rsid w:val="007218F2"/>
     <w:rsid w:val="007229BC"/>
     <w:rsid w:val="00723235"/>
     <w:rsid w:val="007246E1"/>
     <w:rsid w:val="00727BD6"/>
     <w:rsid w:val="00727C28"/>
     <w:rsid w:val="007314EE"/>
     <w:rsid w:val="00732805"/>
     <w:rsid w:val="00734B4B"/>
     <w:rsid w:val="00736BFB"/>
     <w:rsid w:val="00737EFA"/>
     <w:rsid w:val="007403D1"/>
     <w:rsid w:val="00741E15"/>
     <w:rsid w:val="007420AB"/>
     <w:rsid w:val="00750BD6"/>
     <w:rsid w:val="007512F6"/>
     <w:rsid w:val="007543A5"/>
     <w:rsid w:val="00755B62"/>
     <w:rsid w:val="007638F0"/>
     <w:rsid w:val="00763EBD"/>
     <w:rsid w:val="007666E4"/>
     <w:rsid w:val="00772556"/>
     <w:rsid w:val="00774A7A"/>
     <w:rsid w:val="007769E5"/>
     <w:rsid w:val="0077743A"/>
     <w:rsid w:val="007844DC"/>
     <w:rsid w:val="00785899"/>
     <w:rsid w:val="00790196"/>
     <w:rsid w:val="007930DB"/>
     <w:rsid w:val="0079382D"/>
     <w:rsid w:val="0079739E"/>
     <w:rsid w:val="00797ABD"/>
     <w:rsid w:val="007A2476"/>
     <w:rsid w:val="007A27E3"/>
     <w:rsid w:val="007A2A7E"/>
     <w:rsid w:val="007A492D"/>
     <w:rsid w:val="007A7815"/>
+    <w:rsid w:val="007C0715"/>
     <w:rsid w:val="007C1167"/>
     <w:rsid w:val="007C29FD"/>
+    <w:rsid w:val="007C3012"/>
     <w:rsid w:val="007C3141"/>
     <w:rsid w:val="007C354F"/>
     <w:rsid w:val="007C4A0A"/>
     <w:rsid w:val="007C6134"/>
     <w:rsid w:val="007C683B"/>
     <w:rsid w:val="007C7F30"/>
     <w:rsid w:val="007D55F4"/>
     <w:rsid w:val="007D64DD"/>
     <w:rsid w:val="007D7650"/>
     <w:rsid w:val="007E0674"/>
     <w:rsid w:val="007E7C28"/>
     <w:rsid w:val="007F11AB"/>
     <w:rsid w:val="007F15EC"/>
     <w:rsid w:val="007F5784"/>
     <w:rsid w:val="007F6406"/>
     <w:rsid w:val="007F6F40"/>
     <w:rsid w:val="00801313"/>
     <w:rsid w:val="008015C2"/>
     <w:rsid w:val="008037D8"/>
     <w:rsid w:val="00805B1E"/>
     <w:rsid w:val="00806E52"/>
     <w:rsid w:val="008077EC"/>
     <w:rsid w:val="0081247F"/>
     <w:rsid w:val="00814440"/>
     <w:rsid w:val="0081565F"/>
@@ -15204,87 +17597,90 @@
     <w:rsid w:val="00826A40"/>
     <w:rsid w:val="00826B18"/>
     <w:rsid w:val="00830936"/>
     <w:rsid w:val="00831BFE"/>
     <w:rsid w:val="00831DE4"/>
     <w:rsid w:val="00832F48"/>
     <w:rsid w:val="00833606"/>
     <w:rsid w:val="00833648"/>
     <w:rsid w:val="00833FA5"/>
     <w:rsid w:val="0083653B"/>
     <w:rsid w:val="00840C40"/>
     <w:rsid w:val="00845C01"/>
     <w:rsid w:val="00846257"/>
     <w:rsid w:val="008508EA"/>
     <w:rsid w:val="00853A81"/>
     <w:rsid w:val="00856F2C"/>
     <w:rsid w:val="008602A6"/>
     <w:rsid w:val="00860777"/>
     <w:rsid w:val="00862C4F"/>
     <w:rsid w:val="008674E9"/>
     <w:rsid w:val="00871F88"/>
     <w:rsid w:val="00872407"/>
     <w:rsid w:val="00873982"/>
     <w:rsid w:val="00881EA9"/>
     <w:rsid w:val="00883FDA"/>
+    <w:rsid w:val="00885166"/>
     <w:rsid w:val="008854CE"/>
+    <w:rsid w:val="00886262"/>
     <w:rsid w:val="0089586F"/>
     <w:rsid w:val="008A5B0C"/>
     <w:rsid w:val="008A65E3"/>
     <w:rsid w:val="008B2841"/>
     <w:rsid w:val="008B4CF4"/>
     <w:rsid w:val="008B7491"/>
     <w:rsid w:val="008C18FA"/>
     <w:rsid w:val="008C2E26"/>
     <w:rsid w:val="008C3313"/>
     <w:rsid w:val="008C71A0"/>
     <w:rsid w:val="008C7555"/>
     <w:rsid w:val="008C76D1"/>
     <w:rsid w:val="008C7F25"/>
     <w:rsid w:val="008E4B17"/>
     <w:rsid w:val="008E5874"/>
     <w:rsid w:val="008E66BC"/>
     <w:rsid w:val="008F0946"/>
     <w:rsid w:val="008F1550"/>
     <w:rsid w:val="008F51BF"/>
     <w:rsid w:val="008F67CE"/>
     <w:rsid w:val="008F6E0F"/>
     <w:rsid w:val="00900C55"/>
     <w:rsid w:val="009018F2"/>
     <w:rsid w:val="00910910"/>
     <w:rsid w:val="009110C5"/>
     <w:rsid w:val="00922036"/>
     <w:rsid w:val="00925FAC"/>
     <w:rsid w:val="0092667A"/>
     <w:rsid w:val="009301E6"/>
     <w:rsid w:val="009345A9"/>
     <w:rsid w:val="00943710"/>
     <w:rsid w:val="009468DC"/>
     <w:rsid w:val="009525D1"/>
     <w:rsid w:val="009534DC"/>
     <w:rsid w:val="00953AF1"/>
     <w:rsid w:val="00955DCF"/>
+    <w:rsid w:val="0095726B"/>
     <w:rsid w:val="009620C1"/>
     <w:rsid w:val="00962969"/>
     <w:rsid w:val="00964EF3"/>
     <w:rsid w:val="00964F0D"/>
     <w:rsid w:val="0096786F"/>
     <w:rsid w:val="0097185D"/>
     <w:rsid w:val="0097208A"/>
     <w:rsid w:val="00977F87"/>
     <w:rsid w:val="00980D93"/>
     <w:rsid w:val="0098584A"/>
     <w:rsid w:val="00985D10"/>
     <w:rsid w:val="00987AF1"/>
     <w:rsid w:val="00993BB4"/>
     <w:rsid w:val="00994DCD"/>
     <w:rsid w:val="00995C2D"/>
     <w:rsid w:val="009A47DA"/>
     <w:rsid w:val="009B19E7"/>
     <w:rsid w:val="009B39B1"/>
     <w:rsid w:val="009B6E83"/>
     <w:rsid w:val="009C2E47"/>
     <w:rsid w:val="009C320F"/>
     <w:rsid w:val="009C59BE"/>
     <w:rsid w:val="009C6359"/>
     <w:rsid w:val="009D148D"/>
     <w:rsid w:val="009D7BAE"/>
@@ -15307,78 +17703,84 @@
     <w:rsid w:val="00A27AFF"/>
     <w:rsid w:val="00A27D88"/>
     <w:rsid w:val="00A30EB7"/>
     <w:rsid w:val="00A34CAC"/>
     <w:rsid w:val="00A3795F"/>
     <w:rsid w:val="00A379C4"/>
     <w:rsid w:val="00A4108D"/>
     <w:rsid w:val="00A41D50"/>
     <w:rsid w:val="00A42EEB"/>
     <w:rsid w:val="00A44363"/>
     <w:rsid w:val="00A51D7D"/>
     <w:rsid w:val="00A52219"/>
     <w:rsid w:val="00A5317D"/>
     <w:rsid w:val="00A55EDB"/>
     <w:rsid w:val="00A57186"/>
     <w:rsid w:val="00A57230"/>
     <w:rsid w:val="00A60C34"/>
     <w:rsid w:val="00A60EEC"/>
     <w:rsid w:val="00A6187B"/>
     <w:rsid w:val="00A658FF"/>
     <w:rsid w:val="00A71ABE"/>
     <w:rsid w:val="00A73D39"/>
     <w:rsid w:val="00A77B80"/>
     <w:rsid w:val="00A820AC"/>
     <w:rsid w:val="00A827B0"/>
+    <w:rsid w:val="00A839C1"/>
     <w:rsid w:val="00A87AFC"/>
+    <w:rsid w:val="00A91FC9"/>
     <w:rsid w:val="00A92640"/>
     <w:rsid w:val="00A93403"/>
     <w:rsid w:val="00A95E26"/>
     <w:rsid w:val="00A96B2D"/>
+    <w:rsid w:val="00AA4FB8"/>
     <w:rsid w:val="00AA6616"/>
     <w:rsid w:val="00AA7044"/>
     <w:rsid w:val="00AB264D"/>
     <w:rsid w:val="00AC303B"/>
     <w:rsid w:val="00AC4AA6"/>
     <w:rsid w:val="00AC7610"/>
     <w:rsid w:val="00AD344A"/>
     <w:rsid w:val="00AD4764"/>
     <w:rsid w:val="00AD6B07"/>
     <w:rsid w:val="00AD6EB8"/>
     <w:rsid w:val="00AD7E45"/>
     <w:rsid w:val="00AF1F10"/>
+    <w:rsid w:val="00AF29FB"/>
     <w:rsid w:val="00AF679D"/>
     <w:rsid w:val="00B02437"/>
     <w:rsid w:val="00B04A4A"/>
     <w:rsid w:val="00B054DD"/>
     <w:rsid w:val="00B070AD"/>
     <w:rsid w:val="00B10B73"/>
     <w:rsid w:val="00B146D8"/>
     <w:rsid w:val="00B17E47"/>
     <w:rsid w:val="00B2078A"/>
     <w:rsid w:val="00B229E3"/>
+    <w:rsid w:val="00B27885"/>
     <w:rsid w:val="00B31BC4"/>
+    <w:rsid w:val="00B32F3C"/>
     <w:rsid w:val="00B3343F"/>
     <w:rsid w:val="00B34080"/>
     <w:rsid w:val="00B34891"/>
     <w:rsid w:val="00B35B0E"/>
     <w:rsid w:val="00B37604"/>
     <w:rsid w:val="00B40AF8"/>
     <w:rsid w:val="00B41929"/>
     <w:rsid w:val="00B44076"/>
     <w:rsid w:val="00B46892"/>
     <w:rsid w:val="00B47E20"/>
     <w:rsid w:val="00B51583"/>
     <w:rsid w:val="00B5170D"/>
     <w:rsid w:val="00B55380"/>
     <w:rsid w:val="00B55778"/>
     <w:rsid w:val="00B56664"/>
     <w:rsid w:val="00B56ECA"/>
     <w:rsid w:val="00B57AC3"/>
     <w:rsid w:val="00B57C22"/>
     <w:rsid w:val="00B70CBE"/>
     <w:rsid w:val="00B71ADE"/>
     <w:rsid w:val="00B75773"/>
     <w:rsid w:val="00B80413"/>
     <w:rsid w:val="00B82F30"/>
     <w:rsid w:val="00B83990"/>
     <w:rsid w:val="00B853DE"/>
@@ -15425,50 +17827,51 @@
     <w:rsid w:val="00C426BB"/>
     <w:rsid w:val="00C446BE"/>
     <w:rsid w:val="00C46FB1"/>
     <w:rsid w:val="00C55F6A"/>
     <w:rsid w:val="00C61DB3"/>
     <w:rsid w:val="00C65E69"/>
     <w:rsid w:val="00C77BA1"/>
     <w:rsid w:val="00C81767"/>
     <w:rsid w:val="00C84A40"/>
     <w:rsid w:val="00C84BE3"/>
     <w:rsid w:val="00C96959"/>
     <w:rsid w:val="00CA4DB7"/>
     <w:rsid w:val="00CB1BD6"/>
     <w:rsid w:val="00CB4F7D"/>
     <w:rsid w:val="00CB7FC0"/>
     <w:rsid w:val="00CD0904"/>
     <w:rsid w:val="00CD3FF2"/>
     <w:rsid w:val="00CE493C"/>
     <w:rsid w:val="00CF1183"/>
     <w:rsid w:val="00CF4592"/>
     <w:rsid w:val="00CF5484"/>
     <w:rsid w:val="00CF6A32"/>
     <w:rsid w:val="00D0459A"/>
     <w:rsid w:val="00D04956"/>
     <w:rsid w:val="00D11691"/>
+    <w:rsid w:val="00D16984"/>
     <w:rsid w:val="00D208BD"/>
     <w:rsid w:val="00D22054"/>
     <w:rsid w:val="00D226B1"/>
     <w:rsid w:val="00D23B86"/>
     <w:rsid w:val="00D24B43"/>
     <w:rsid w:val="00D2776F"/>
     <w:rsid w:val="00D40A24"/>
     <w:rsid w:val="00D40FC2"/>
     <w:rsid w:val="00D4579D"/>
     <w:rsid w:val="00D53012"/>
     <w:rsid w:val="00D5598B"/>
     <w:rsid w:val="00D55B1E"/>
     <w:rsid w:val="00D57866"/>
     <w:rsid w:val="00D62106"/>
     <w:rsid w:val="00D62C13"/>
     <w:rsid w:val="00D62FEE"/>
     <w:rsid w:val="00D6508D"/>
     <w:rsid w:val="00D70030"/>
     <w:rsid w:val="00D76120"/>
     <w:rsid w:val="00D76BBE"/>
     <w:rsid w:val="00D77063"/>
     <w:rsid w:val="00D80D0D"/>
     <w:rsid w:val="00D840EA"/>
     <w:rsid w:val="00D845CE"/>
     <w:rsid w:val="00D8572A"/>
@@ -15477,129 +17880,136 @@
     <w:rsid w:val="00D94EB0"/>
     <w:rsid w:val="00DA1018"/>
     <w:rsid w:val="00DA39F4"/>
     <w:rsid w:val="00DA5D39"/>
     <w:rsid w:val="00DB164B"/>
     <w:rsid w:val="00DB26B4"/>
     <w:rsid w:val="00DB2F38"/>
     <w:rsid w:val="00DB487B"/>
     <w:rsid w:val="00DB5556"/>
     <w:rsid w:val="00DB6116"/>
     <w:rsid w:val="00DD114C"/>
     <w:rsid w:val="00DD1B67"/>
     <w:rsid w:val="00DD2A59"/>
     <w:rsid w:val="00DD30C7"/>
     <w:rsid w:val="00DD33A9"/>
     <w:rsid w:val="00DE5FCF"/>
     <w:rsid w:val="00DE643A"/>
     <w:rsid w:val="00DE72AE"/>
     <w:rsid w:val="00DF018A"/>
     <w:rsid w:val="00DF0391"/>
     <w:rsid w:val="00DF5999"/>
     <w:rsid w:val="00E016A8"/>
     <w:rsid w:val="00E06249"/>
     <w:rsid w:val="00E075FF"/>
     <w:rsid w:val="00E16175"/>
+    <w:rsid w:val="00E24128"/>
     <w:rsid w:val="00E303BA"/>
     <w:rsid w:val="00E315C4"/>
     <w:rsid w:val="00E35550"/>
     <w:rsid w:val="00E36602"/>
     <w:rsid w:val="00E37249"/>
     <w:rsid w:val="00E40E3C"/>
     <w:rsid w:val="00E41DFF"/>
     <w:rsid w:val="00E43821"/>
     <w:rsid w:val="00E43CDF"/>
     <w:rsid w:val="00E45FE3"/>
     <w:rsid w:val="00E52207"/>
     <w:rsid w:val="00E528E9"/>
     <w:rsid w:val="00E60680"/>
     <w:rsid w:val="00E61D10"/>
     <w:rsid w:val="00E64DC8"/>
     <w:rsid w:val="00E6609A"/>
     <w:rsid w:val="00E67AF1"/>
     <w:rsid w:val="00E70476"/>
     <w:rsid w:val="00E715A9"/>
     <w:rsid w:val="00E729E7"/>
     <w:rsid w:val="00E72EC7"/>
     <w:rsid w:val="00E76980"/>
     <w:rsid w:val="00E80A60"/>
     <w:rsid w:val="00E8229D"/>
     <w:rsid w:val="00E82D66"/>
     <w:rsid w:val="00E87DFE"/>
     <w:rsid w:val="00E920F7"/>
     <w:rsid w:val="00E9511F"/>
     <w:rsid w:val="00E955FC"/>
     <w:rsid w:val="00EA23B4"/>
     <w:rsid w:val="00EA282E"/>
     <w:rsid w:val="00EA360B"/>
     <w:rsid w:val="00EA4314"/>
     <w:rsid w:val="00EA50B1"/>
     <w:rsid w:val="00EA79D3"/>
     <w:rsid w:val="00EB681A"/>
     <w:rsid w:val="00EB7AD7"/>
     <w:rsid w:val="00EC17EF"/>
     <w:rsid w:val="00EC3CDA"/>
     <w:rsid w:val="00EC584E"/>
+    <w:rsid w:val="00EC7F4C"/>
     <w:rsid w:val="00ED19EB"/>
     <w:rsid w:val="00ED2DF2"/>
+    <w:rsid w:val="00ED435C"/>
     <w:rsid w:val="00ED4B43"/>
     <w:rsid w:val="00ED6950"/>
     <w:rsid w:val="00EE35CE"/>
     <w:rsid w:val="00EE43D8"/>
     <w:rsid w:val="00EF19C2"/>
+    <w:rsid w:val="00EF3049"/>
     <w:rsid w:val="00EF3217"/>
     <w:rsid w:val="00EF473D"/>
     <w:rsid w:val="00EF6E32"/>
     <w:rsid w:val="00F04AD3"/>
     <w:rsid w:val="00F05920"/>
     <w:rsid w:val="00F065CD"/>
     <w:rsid w:val="00F07ACD"/>
     <w:rsid w:val="00F119E2"/>
     <w:rsid w:val="00F11E7B"/>
     <w:rsid w:val="00F170CB"/>
     <w:rsid w:val="00F17F2A"/>
+    <w:rsid w:val="00F20236"/>
     <w:rsid w:val="00F306CB"/>
     <w:rsid w:val="00F32340"/>
     <w:rsid w:val="00F3643A"/>
     <w:rsid w:val="00F3722C"/>
     <w:rsid w:val="00F45558"/>
     <w:rsid w:val="00F477C2"/>
     <w:rsid w:val="00F5154B"/>
+    <w:rsid w:val="00F5265C"/>
     <w:rsid w:val="00F545E5"/>
     <w:rsid w:val="00F5460B"/>
     <w:rsid w:val="00F57DB9"/>
     <w:rsid w:val="00F61320"/>
     <w:rsid w:val="00F6306A"/>
     <w:rsid w:val="00F63E49"/>
     <w:rsid w:val="00F660B4"/>
     <w:rsid w:val="00F66A92"/>
     <w:rsid w:val="00F67F72"/>
     <w:rsid w:val="00F70172"/>
     <w:rsid w:val="00F73A18"/>
     <w:rsid w:val="00F764E8"/>
     <w:rsid w:val="00F827D0"/>
     <w:rsid w:val="00F83F4B"/>
+    <w:rsid w:val="00F84B28"/>
     <w:rsid w:val="00F9088D"/>
     <w:rsid w:val="00F91038"/>
     <w:rsid w:val="00F923FD"/>
     <w:rsid w:val="00F925F7"/>
     <w:rsid w:val="00F979DB"/>
     <w:rsid w:val="00FA0006"/>
     <w:rsid w:val="00FA1ACB"/>
     <w:rsid w:val="00FA2444"/>
     <w:rsid w:val="00FB4E51"/>
     <w:rsid w:val="00FB68B3"/>
     <w:rsid w:val="00FC16EE"/>
     <w:rsid w:val="00FC3A49"/>
     <w:rsid w:val="00FC5284"/>
     <w:rsid w:val="00FD036E"/>
     <w:rsid w:val="00FD1C39"/>
     <w:rsid w:val="00FD259A"/>
     <w:rsid w:val="00FD39B0"/>
     <w:rsid w:val="00FD4297"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD570A"/>
     <w:rsid w:val="00FE12B9"/>
     <w:rsid w:val="00FE5AED"/>
     <w:rsid w:val="00FE67F5"/>
     <w:rsid w:val="00FE759A"/>
     <w:rsid w:val="00FF0B2A"/>
@@ -15611,58 +18021,58 @@
     <w:rsid w:val="00FF7BA5"/>
     <w:rsid w:val="02690500"/>
     <w:rsid w:val="106F38E9"/>
     <w:rsid w:val="1DCFF8D8"/>
     <w:rsid w:val="21F878FA"/>
     <w:rsid w:val="2231D16E"/>
     <w:rsid w:val="4D65A48E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="41BB8E74"/>
+  <w14:docId w14:val="16274A56"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DC09BA79-8F1F-4176-9E74-AEDA18352189}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16217,50 +18627,59 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A71ABE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="005E0AFA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008A5B0C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0009142E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1047339635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200359615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -17157,626 +19576,254 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1528366389">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optumsandiego.com/content/dam/san-diego/documents/term/manuals/term-provider-handbook-appendices/TERM%20Treatment%20Plan%20Documentation%20Resources.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optumsandiego.com/content/dam/san-diego/documents/term/manuals/term-provider-handbook-appendices/TERM%20Treatment%20Plan%20Documentation%20Resources%20(Aug2025).pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bwinegar\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\5L0SJLLI\CWS_Treatment_Plan_Form_04-176-177-Parent%20(3).dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013438"/>
-[...30 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="B4EC1023D15D4ED699C357D57B3881B8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDDBDD00-F417-41A9-89B3-3DA72E56791F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C00000" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="00C00000" w:rsidRDefault="0037349A" w:rsidP="0037349A">
           <w:pPr>
-            <w:pStyle w:val="B4EC1023D15D4ED699C357D57B3881B85"/>
-[...63 lines deleted...]
-            <w:pStyle w:val="65845B948207414582CE752FEF9D14FC5"/>
+            <w:pStyle w:val="B4EC1023D15D4ED699C357D57B3881B82"/>
           </w:pPr>
           <w:r w:rsidRPr="005F39B7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="28D1631D85264EE0A347786A353A877B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{56E6EE2F-9B96-4E37-9292-2E26E17936EC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000A72D2" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="000A72D2" w:rsidRDefault="0037349A" w:rsidP="0037349A">
           <w:pPr>
-            <w:pStyle w:val="28D1631D85264EE0A347786A353A877B5"/>
+            <w:pStyle w:val="28D1631D85264EE0A347786A353A877B2"/>
           </w:pPr>
           <w:r w:rsidRPr="00320CBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
-            </w:rPr>
-[...30 lines deleted...]
-              <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="37C6023E0DA545E9A02329E182675C3A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{040888C1-79F4-4320-A9FA-B03319E419B6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000A72D2" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="000A72D2" w:rsidRDefault="0037349A" w:rsidP="0037349A">
           <w:pPr>
-            <w:pStyle w:val="37C6023E0DA545E9A02329E182675C3A5"/>
+            <w:pStyle w:val="37C6023E0DA545E9A02329E182675C3A2"/>
           </w:pPr>
           <w:r w:rsidRPr="00320CBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="6D19D1BF55FD42AE801C9CDACFDA6887"/>
+        <w:name w:val="6BF1AAEFCA3C40BBB26C6E5F8B3B3D86"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5C40F141-67DE-4228-A509-F72BEF7AAD5C}"/>
+        <w:guid w:val="{6D77779A-9AAE-4F20-88CF-E287CCBD542E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000A72D2" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="0037349A" w:rsidRDefault="0037349A" w:rsidP="0037349A">
           <w:pPr>
-            <w:pStyle w:val="6D19D1BF55FD42AE801C9CDACFDA68875"/>
+            <w:pStyle w:val="6BF1AAEFCA3C40BBB26C6E5F8B3B3D862"/>
           </w:pPr>
-          <w:r w:rsidRPr="00B31BC4">
+          <w:r w:rsidRPr="00320CBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Click or tap to enter a date.</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3D5F7317ECAB44A0979BD71179BDC470"/>
+        <w:name w:val="AE539E05D5724CC397046A9072D173BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BF5294A8-4636-49A0-AF42-629AE054AF8A}"/>
+        <w:guid w:val="{BDEA215D-A857-459D-B4E3-BAD2E4EB9727}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000A72D2" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="00EE384B" w:rsidRDefault="005271A7" w:rsidP="005271A7">
           <w:pPr>
-            <w:pStyle w:val="3D5F7317ECAB44A0979BD71179BDC4705"/>
+            <w:pStyle w:val="AE539E05D5724CC397046A9072D173BE"/>
           </w:pPr>
-          <w:r w:rsidRPr="008A0A4B">
+          <w:r w:rsidRPr="00320CBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-              <w:szCs w:val="22"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Click or tap to enter a date.</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="FDDFB2E167FC433CB28DD0A450C32E7F"/>
+        <w:name w:val="4C7E1C78448F4AB28EE70061FB4DE8E8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0D30C348-B48B-4F07-B6D0-7D05BA318AE4}"/>
+        <w:guid w:val="{0C652D79-A2B6-481F-AD14-9E6FD695CB61}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000A72D2" w:rsidRDefault="005E50DE" w:rsidP="005E50DE">
+        <w:p w:rsidR="00EE384B" w:rsidRDefault="005271A7" w:rsidP="005271A7">
           <w:pPr>
-            <w:pStyle w:val="FDDFB2E167FC433CB28DD0A450C32E7F5"/>
+            <w:pStyle w:val="4C7E1C78448F4AB28EE70061FB4DE8E8"/>
           </w:pPr>
-          <w:r w:rsidRPr="001B081A">
-[...243 lines deleted...]
-          <w:r w:rsidRPr="00805B1E">
+          <w:r w:rsidRPr="00320CBE">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Click or tap to enter a date.</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -17839,102 +19886,113 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C5DC0"/>
     <w:rsid w:val="000325C0"/>
+    <w:rsid w:val="0004355B"/>
     <w:rsid w:val="00077F80"/>
     <w:rsid w:val="000A72D2"/>
     <w:rsid w:val="00142BA8"/>
+    <w:rsid w:val="001709D3"/>
     <w:rsid w:val="001A72A8"/>
     <w:rsid w:val="001C5DC0"/>
     <w:rsid w:val="001E22C3"/>
     <w:rsid w:val="00206FBB"/>
     <w:rsid w:val="0029093B"/>
     <w:rsid w:val="0036097F"/>
+    <w:rsid w:val="0037349A"/>
+    <w:rsid w:val="003D428D"/>
     <w:rsid w:val="003E03B3"/>
     <w:rsid w:val="004804C6"/>
     <w:rsid w:val="004A01D2"/>
+    <w:rsid w:val="005271A7"/>
+    <w:rsid w:val="005477CF"/>
     <w:rsid w:val="00582D7C"/>
     <w:rsid w:val="0059560F"/>
     <w:rsid w:val="005C7736"/>
     <w:rsid w:val="005E225A"/>
     <w:rsid w:val="005E50DE"/>
     <w:rsid w:val="00632A58"/>
     <w:rsid w:val="00661C24"/>
     <w:rsid w:val="006829C7"/>
     <w:rsid w:val="00687C54"/>
     <w:rsid w:val="006D6CDA"/>
     <w:rsid w:val="007C6134"/>
     <w:rsid w:val="00872407"/>
     <w:rsid w:val="00881EA9"/>
     <w:rsid w:val="008A65E3"/>
     <w:rsid w:val="008D391C"/>
     <w:rsid w:val="008F1803"/>
     <w:rsid w:val="00922036"/>
     <w:rsid w:val="00925FAC"/>
     <w:rsid w:val="00935DF0"/>
     <w:rsid w:val="009901E1"/>
+    <w:rsid w:val="00A21B2C"/>
     <w:rsid w:val="00A30EB7"/>
     <w:rsid w:val="00A45F21"/>
+    <w:rsid w:val="00A91FC9"/>
     <w:rsid w:val="00B36D57"/>
     <w:rsid w:val="00B46892"/>
     <w:rsid w:val="00BC0A6B"/>
     <w:rsid w:val="00BF2CAB"/>
     <w:rsid w:val="00C00000"/>
     <w:rsid w:val="00C83959"/>
     <w:rsid w:val="00D55B1E"/>
     <w:rsid w:val="00DA2B2E"/>
     <w:rsid w:val="00DB2A20"/>
     <w:rsid w:val="00DF018A"/>
     <w:rsid w:val="00E24051"/>
     <w:rsid w:val="00E87DFE"/>
     <w:rsid w:val="00EB7C1A"/>
+    <w:rsid w:val="00ED435C"/>
+    <w:rsid w:val="00EE384B"/>
     <w:rsid w:val="00F277FD"/>
     <w:rsid w:val="00F477C2"/>
     <w:rsid w:val="00F67F72"/>
     <w:rsid w:val="00F97271"/>
     <w:rsid w:val="00FA54E0"/>
+    <w:rsid w:val="00FE6458"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -18343,241 +20401,115 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C83959"/>
+    <w:rsid w:val="005271A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FAB00E18F5947789C80192E0ECE5EEA5">
-[...1 lines deleted...]
-    <w:rsid w:val="005E50DE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BF1AAEFCA3C40BBB26C6E5F8B3B3D862">
+    <w:name w:val="6BF1AAEFCA3C40BBB26C6E5F8B3B3D862"/>
+    <w:rsid w:val="0037349A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65845B948207414582CE752FEF9D14FC5">
-[...1 lines deleted...]
-    <w:rsid w:val="005E50DE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28D1631D85264EE0A347786A353A877B2">
+    <w:name w:val="28D1631D85264EE0A347786A353A877B2"/>
+    <w:rsid w:val="0037349A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB6833EB6CA341CCB56B676EAB65BDE55">
-[...14 lines deleted...]
-    <w:rsid w:val="005E50DE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37C6023E0DA545E9A02329E182675C3A2">
+    <w:name w:val="37C6023E0DA545E9A02329E182675C3A2"/>
+    <w:rsid w:val="0037349A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD29B2F9A5114E9894D5274075A76BAF5">
-[...85 lines deleted...]
-    <w:rsid w:val="005E50DE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B4EC1023D15D4ED699C357D57B3881B82">
+    <w:name w:val="B4EC1023D15D4ED699C357D57B3881B82"/>
+    <w:rsid w:val="0037349A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B4EC1023D15D4ED699C357D57B3881B85">
-[...14 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE539E05D5724CC397046A9072D173BE">
+    <w:name w:val="AE539E05D5724CC397046A9072D173BE"/>
+    <w:rsid w:val="005271A7"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="64D84EB494C04262A2E9D3A68A2E0BAE">
-[...17 lines deleted...]
-    <w:rsid w:val="00C83959"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C7E1C78448F4AB28EE70061FB4DE8E8">
+    <w:name w:val="4C7E1C78448F4AB28EE70061FB4DE8E8"/>
+    <w:rsid w:val="005271A7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -18822,200 +20754,225 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100429462D334BF654FB8B35827916FFB88" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ef13d49316167816387448741df065cf">
-[...2 lines deleted...]
-    <xsd:import namespace="0a332335-3a76-4408-8dac-6066a195b3d2"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9bfebd0d-6700-4cb9-9ec0-cf612b421303" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="78f100e0-6bad-4ce5-8300-0acd97c9f7fe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C357D4D9ED762C4B9F031088E37D5402" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bed127c0f53a03ff567eb2936ebf214e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78f100e0-6bad-4ce5-8300-0acd97c9f7fe" xmlns:ns3="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7" xmlns:ns4="9bfebd0d-6700-4cb9-9ec0-cf612b421303" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="80d9dfeb06b018a7432be9ab1ca1f328" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
+    <xsd:import namespace="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7"/>
+    <xsd:import namespace="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="edde0466-daaf-4912-97a5-80601f141c03" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="78f100e0-6bad-4ce5-8300-0acd97c9f7fe" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...7 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb8cc222-65fd-42cc-aeaa-058f903907fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSystemTags" ma:index="21" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...4 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0a332335-3a76-4408-8dac-6066a195b3d2" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bfebd0d-6700-4cb9-9ec0-cf612b421303" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c5d699f7-ed60-44c9-9892-7e4d2e03dcab}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9bfebd0d-6700-4cb9-9ec0-cf612b421303">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -19060,158 +21017,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D039673E-85BC-4808-9E5B-2F63918D6E6F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FC9B0A4-6BAB-49C5-9802-041B887D9326}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="edde0466-daaf-4912-97a5-80601f141c03"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
+    <ds:schemaRef ds:uri="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2517194B-CCD3-463C-B490-29810B02BE6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FC9B0A4-6BAB-49C5-9802-041B887D9326}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90EB05BA-5181-4006-B270-E690AE885B74}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8BC7396-7643-4940-95D0-0B366A5AB458}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29127FA6-327C-42F4-9AED-FA767678DE58}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
+    <ds:schemaRef ds:uri="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7"/>
+    <ds:schemaRef ds:uri="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CWS_Treatment_Plan_Form_04-176-177-Parent (3)</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>931</Words>
-  <Characters>7255</Characters>
+  <Words>1049</Words>
+  <Characters>5978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>265</Lines>
+  <Paragraphs>184</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Initial Treatment Plan/Treatment Plan Update (04-176/04-177)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>County of San Diego</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8170</CharactersWithSpaces>
+  <CharactersWithSpaces>6931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Initial Treatment Plan/Treatment Plan Update (04-176/04-177)</dc:title>
   <dc:subject/>
   <dc:creator>Winegarden, Babbi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100429462D334BF654FB8B35827916FFB88</vt:lpwstr>
+    <vt:lpwstr>0x010100C357D4D9ED762C4B9F031088E37D5402</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>