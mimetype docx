--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -16,1424 +16,1530 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="790919AD" w14:textId="599F8C7E" w:rsidR="008267C9" w:rsidRDefault="008267C9" w:rsidP="6774C424">
-[...10 lines deleted...]
-    <w:p w14:paraId="7A090C9C" w14:textId="77777777" w:rsidR="00681532" w:rsidRDefault="00681532" w:rsidP="6774C424">
+    <w:p w:rsidR="00681532" w:rsidRDefault="00681532" w:rsidP="6774C424">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="43" w:type="dxa"/>
           <w:bottom w:w="43" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1885"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005334E8" w14:paraId="333F83F1" w14:textId="77777777" w:rsidTr="002D4C5B">
+      <w:tr w:rsidR="005334E8" w:rsidTr="002D4C5B">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E3DAC1" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">This report is a(n):  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4BEAB0" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14775435" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Initial Treatment Plan    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E628E1" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58BB1F58" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Treatment Plan Update      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAE6A7B" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="6774C424">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C07B1B" w14:textId="672A162B" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6774C424">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Discharge Summary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005334E8" w14:paraId="20FA0A04" w14:textId="77777777" w:rsidTr="002D4C5B">
+      <w:tr w:rsidR="005334E8" w:rsidTr="002D4C5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26B572D1" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Modality:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A029398" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BA5888">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BA5888">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE4F59F" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Individual</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAFD8F0" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BA5888">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00BA5888">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1E22328D" w14:textId="77777777" w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
+          <w:p w:rsidR="005334E8" w:rsidRDefault="005334E8" w:rsidP="00F210C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5888">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Conjoint/Family</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EA48E32" w14:textId="15C9E86E" w:rsidR="00A71B70" w:rsidRDefault="00A71B70" w:rsidP="005334E8">
+    <w:p w:rsidR="00A71B70" w:rsidRDefault="00A71B70" w:rsidP="005334E8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F014E5" w14:textId="77777777" w:rsidR="00B24E8B" w:rsidRPr="00123EAF" w:rsidRDefault="001E4A77" w:rsidP="00A71B70">
+    <w:p w:rsidR="00B24E8B" w:rsidRPr="00123EAF" w:rsidRDefault="001E4A77" w:rsidP="00A71B70">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ATTENDANCE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10867" w:type="dxa"/>
         <w:tblInd w:w="18" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="29" w:type="dxa"/>
           <w:bottom w:w="29" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="2497"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="15454582" w14:textId="77777777" w:rsidTr="00A74C15">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00A74C15">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5E4B10" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="007E4F27">
+          <w:p w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Initial Session: </w:t>
             </w:r>
-            <w:sdt>
-[...130 lines deleted...]
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
-[...7 lines deleted...]
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D883AFC" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Date of Absences: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:t xml:space="preserve">Last Date Attended: </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
-[...7 lines deleted...]
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00D16F96" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5737" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2497" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4B9637" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00711982" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F54EE">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Reasons for Absences: </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of </w:t>
+            </w:r>
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Sessions Attended: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00254241" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9140B" w:rsidRPr="009E4112" w14:paraId="7274A789" w14:textId="77777777" w:rsidTr="00A74C15">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00A74C15">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5130" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date of Absences: </w:t>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5737" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00254241" w:rsidRPr="002F54EE" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reasons for Absences: </w:t>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008005B2" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A9140B" w:rsidRPr="009E4112" w:rsidTr="00A74C15">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2F5D57" w14:textId="77777777" w:rsidR="00A9140B" w:rsidRPr="002F54EE" w:rsidRDefault="00A9140B" w:rsidP="00B47E20">
+          <w:p w:rsidR="00A9140B" w:rsidRPr="002F54EE" w:rsidRDefault="00A9140B" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ser</w:t>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">vice Delivery Type:  Telehealth </w:t>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
-[...6 lines deleted...]
-            <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    In-Person  </w:t>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
-[...6 lines deleted...]
-            <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5737" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1CBC68" w14:textId="77777777" w:rsidR="00023229" w:rsidRPr="002F54EE" w:rsidRDefault="00D6617E" w:rsidP="00B47E20">
+          <w:p w:rsidR="00023229" w:rsidRPr="002F54EE" w:rsidRDefault="00D6617E" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00100C6C" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ervice delivery type</w:t>
             </w:r>
             <w:r w:rsidRPr="002F54EE">
@@ -1472,159 +1578,159 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00140B9B" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00140B9B" w:rsidRPr="002F54EE">
-[...6 lines deleted...]
-            <w:r w:rsidR="00140B9B" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00140B9B" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   No  </w:t>
             </w:r>
             <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
-[...7 lines deleted...]
-            <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00BB7A49" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00023229" w:rsidRPr="002F54EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="004C3719" w14:textId="77777777" w:rsidR="002437AC" w:rsidRPr="00123EAF" w:rsidRDefault="002437AC" w:rsidP="000E6FAA">
+    <w:p w:rsidR="002437AC" w:rsidRPr="00123EAF" w:rsidRDefault="002437AC" w:rsidP="000E6FAA">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06EA652B" w14:textId="77777777" w:rsidR="00283ABB" w:rsidRDefault="00A3345B" w:rsidP="00865CBB">
+    <w:p w:rsidR="00283ABB" w:rsidRDefault="00A3345B" w:rsidP="00865CBB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0A4645A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I received and reviewed the fol</w:t>
       </w:r>
       <w:r w:rsidR="00283ABB" w:rsidRPr="0A4645A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -1653,129 +1759,129 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SW</w:t>
       </w:r>
       <w:r w:rsidR="00C4716E" w:rsidRPr="0A4645A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Optum</w:t>
       </w:r>
       <w:r w:rsidRPr="0A4645A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (required prior to the intake assessment):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B43FF8" w14:textId="77777777" w:rsidR="00865CBB" w:rsidRPr="0097317B" w:rsidRDefault="00865CBB" w:rsidP="00865CBB">
+    <w:p w:rsidR="00865CBB" w:rsidRPr="0097317B" w:rsidRDefault="00865CBB" w:rsidP="00865CBB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="534211AE" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4063D1" w14:textId="3EDFAC25" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1788,103 +1894,103 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CFWB Background Records</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk197611452"/>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (e.g. case plan and pertinent court reports)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="15F23DB2" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28AD285D" w14:textId="23E7FB0E" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1908,295 +2014,295 @@
               <w:t xml:space="preserve">Copies of </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk197611508"/>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">available prior psychological/psychiatric </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">evaluations or treatment plans </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="688FBC95" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09359B34" w14:textId="65F6BF4D" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Copy of the latest CANS  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="2AE08A2C" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D427DC9" w14:textId="63FDAA5F" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Hlk197611582"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Consent to Treat (04-24P or 04-24C)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="376237A8" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03218118" w14:textId="4DEECAC3" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004C1668">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -2221,293 +2327,336 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CFWB</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Release of Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="5E8839A0" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="644FA560" w14:textId="5FB53048" w:rsidR="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w14:paraId="7510EC9D" w14:textId="77777777" w:rsidTr="00865CBB">
+      <w:tr w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidTr="00865CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9401AC" w14:textId="7DE5633A" w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
+          <w:p w:rsidR="004C1668" w:rsidRPr="004C1668" w:rsidRDefault="004C1668" w:rsidP="004C1668">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I have not received CFWB background records. Date records requested from PSW:  </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6A68" w:rsidRPr="002F54EE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
-[...47 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C5ECE08" w14:textId="77777777" w:rsidR="009C77DA" w:rsidRPr="00BF3E61" w:rsidRDefault="009C77DA" w:rsidP="00393A42">
+    <w:p w:rsidR="009C77DA" w:rsidRPr="00BF3E61" w:rsidRDefault="009C77DA" w:rsidP="00393A42">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2969A3E4" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00BF3E61" w:rsidRDefault="00393A42" w:rsidP="00393A42">
+    <w:p w:rsidR="00393A42" w:rsidRPr="00BF3E61" w:rsidRDefault="00393A42" w:rsidP="00393A42">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54C12CFB" w14:textId="77777777" w:rsidR="00032643" w:rsidRPr="00720546" w:rsidRDefault="00032643" w:rsidP="00EB5639">
+    <w:p w:rsidR="00032643" w:rsidRPr="00720546" w:rsidRDefault="00032643" w:rsidP="00EB5639">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASSESSMENT OF RISK FACTORS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78459290" w14:textId="53A03858" w:rsidR="00032643" w:rsidRDefault="00032643" w:rsidP="00032643">
+    <w:p w:rsidR="00032643" w:rsidRDefault="00032643" w:rsidP="00032643">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk197611611"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Risk assessment</w:t>
       </w:r>
       <w:r w:rsidRPr="00580682">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> should be </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and include all risk factors documented on the 04-176A and known to the provider</w:t>
+        <w:t xml:space="preserve"> should be ongoing and include all risk factors documented on the 04-176A and known to the provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00580682">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk factors </w:t>
       </w:r>
       <w:r w:rsidR="00C815B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2574,1738 +2723,1814 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> below. </w:t>
       </w:r>
       <w:r w:rsidR="000218FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C815B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">lease refer to Clinical Risk Documentation guidance in </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00C815B7" w:rsidRPr="00691FDD">
+        <w:r w:rsidR="00C815B7" w:rsidRPr="00D16F96">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>TERM Treatment Plan Documentation Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C815B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="20149633" w14:textId="77777777" w:rsidR="00AD0176" w:rsidRPr="002F54EE" w:rsidDel="00525A79" w:rsidRDefault="00AD0176" w:rsidP="000E6FAA">
+    <w:p w:rsidR="00AD0176" w:rsidRPr="002F54EE" w:rsidDel="00525A79" w:rsidRDefault="00AD0176" w:rsidP="000E6FAA">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
         <w:gridCol w:w="4021"/>
         <w:gridCol w:w="3629"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0027623D" w14:paraId="7B20ADAB" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="0027623D" w:rsidTr="00BF3E61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="47008CA7" w14:textId="7DF245E2" w:rsidR="0027623D" w:rsidRPr="0097317B" w:rsidRDefault="0027623D" w:rsidP="004C1668">
+          <w:p w:rsidR="0027623D" w:rsidRPr="0097317B" w:rsidRDefault="0027623D" w:rsidP="004C1668">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk201726597"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dates of Assessment:  </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text88"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text88"/>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00434994">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="27C32F1B" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6124F5" w14:textId="0BCA6F94" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00DF04DB">
             <w:pPr>
+              <w:ind w:left="337" w:hanging="337"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2B579A"/>
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal ideation</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF04DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (past &amp; present)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D3836C" w14:textId="2B08B188" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0097317B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of harm to others/attempt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="00A00C57" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Distress, disability, or dysfunction in:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1706163D" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2B579A"/>
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Social/Relational</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F8FD137" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
+          <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2B579A"/>
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Academic</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BCCB831" w14:textId="2B5A1305" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="002D4C5B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Other important activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="03DC176D" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31399479" w14:textId="7C7FC5F8" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0901A0B4" w14:textId="65EF6DC9" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of trauma or abuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7EDC74" w14:textId="748DD7E3" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="0299F232" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272D0325" w14:textId="5FB2DF03" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Suicidal intent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41DBF382" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:color w:val="2B579A"/>
-[...18 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reasonable probability of significant deterioration in an important area of life functioning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04DE69ED" w14:textId="3B0F171E" w:rsidR="00BF3E61" w:rsidRPr="00681532" w:rsidRDefault="00BF3E61" w:rsidP="00E26399">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="00681532" w:rsidRDefault="00BF3E61" w:rsidP="00E26399">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63926783" w14:textId="6A08BEEB" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="3AB99334" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE5080A" w14:textId="5FBEDD76" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>History of self-harm/attempt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F723C74" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C85F94A" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="533AD2DC" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C510D86" w14:textId="10C67B91" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Homicidal ideation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C80D380" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="053EBF3A" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="1501C613" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6CBA3552" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61"/>
+    <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61"/>
+    <w:p w:rsidR="00BF3E61" w:rsidRDefault="00BF3E61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="72" w:type="dxa"/>
           <w:bottom w:w="72" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
         <w:gridCol w:w="4021"/>
         <w:gridCol w:w="3629"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="79F994B6" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="5" w:name="_Hlk201726933"/>
-          <w:p w14:paraId="12B82402" w14:textId="5EEDFCDD" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:bookmarkStart w:id="6" w:name="_Hlk201726933"/>
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Homicidal plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4A0B49" w14:textId="4CF6A341" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00BF3E61">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00BF3E61">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Check66"/>
+            <w:bookmarkStart w:id="7" w:name="Check66"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reasonable probability of not progressing developmentally as appropriate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9FCFF3" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="7F2138B3" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76CAF87C" w14:textId="4C16762B" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Homicidal intent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63AB9C50" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49989F39" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF3E61" w14:paraId="74F5FD62" w14:textId="77777777" w:rsidTr="00BF3E61">
+      <w:tr w:rsidR="00BF3E61" w:rsidTr="00BF3E61">
         <w:trPr>
           <w:trHeight w:val="317"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="388939EB" w14:textId="6E72BBD2" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="0027623D">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0027623D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -4398,168 +4623,187 @@
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4021" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037FAED6" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0027623D" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="226"/>
               </w:tabs>
               <w:ind w:left="316" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3629" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5462FFA3" w14:textId="77777777" w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
+          <w:p w:rsidR="00BF3E61" w:rsidRPr="0097317B" w:rsidRDefault="00BF3E61" w:rsidP="00681532">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:tbl>
-    <w:p w14:paraId="4767CF84" w14:textId="77777777" w:rsidR="00681532" w:rsidRDefault="00681532" w:rsidP="00393A42">
+    <w:p w:rsidR="00681532" w:rsidRDefault="00681532" w:rsidP="00393A42">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B0F490F" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00054EFF" w:rsidRDefault="00B95F76" w:rsidP="00054EFF">
+    <w:p w:rsidR="00393A42" w:rsidRDefault="00B95F76" w:rsidP="00054EFF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk193727239"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk193727239"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CLIENT</w:t>
       </w:r>
       <w:r w:rsidR="00B03E58">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00393A42">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SYMPTOM CHECKLIST</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="009B6157" w:rsidRPr="00D441AD" w:rsidRDefault="009B6157" w:rsidP="009B6157">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6157">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the source of information about symptoms is a caregiver, social worker, parent, or collateral contact, that information is not considered confidential and may be included. Do not include symptoms directly reported by the client unless there is a signed Release of Information (ROI). </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4225"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="3240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00393A42" w14:paraId="3D9051E4" w14:textId="77777777" w:rsidTr="00681532">
+      <w:tr w:rsidR="00393A42" w:rsidTr="00681532">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6472706E" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="004C1668" w:rsidRDefault="00393A42" w:rsidP="001C25AE">
+          <w:p w:rsidR="00393A42" w:rsidRPr="004C1668" w:rsidRDefault="00393A42" w:rsidP="001C25AE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The following </w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -4573,3427 +4817,3443 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> symptoms were reported and</w:t>
             </w:r>
             <w:r w:rsidR="003F422D" w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/or</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1668">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> observed:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15501DB4" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00393A42" w:rsidP="001C25AE">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00393A42" w:rsidP="001C25AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00393A42" w14:paraId="42ED9E93" w14:textId="77777777" w:rsidTr="00681532">
+      <w:tr w:rsidR="00393A42" w:rsidTr="00681532">
         <w:trPr>
           <w:trHeight w:val="5103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64A266F3" w14:textId="677EDC06" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="004C1668">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="004C1668">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="330" w:hanging="330"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Abusive to animals (not better explained by sensory seeking behaviors</w:t>
             </w:r>
             <w:r w:rsidR="005C75C8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45547149" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="00420EA6">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="00420EA6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Aggression</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="538AE4C5" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anger</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12773EF3" w14:textId="59692EB5" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00681532">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arguing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03B69A8A" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Appetite concerns</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F5364B2" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Attention span concerns</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D4ABBDC" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bullying</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0715AD6F" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Concentration challenges</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65AB2BE0" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crying easily</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72BF252F" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Destroying property</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A028319" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="00681532">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="00681532">
             <w:pPr>
               <w:ind w:left="331" w:hanging="331"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Developmentally inappropriate sexual behaviors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D6C15D9" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="00B95F76" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Disinhibited attachment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="768EEF69" w14:textId="3331C95F" w:rsidR="00393A42" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E76CD5" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dissociative behaviors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64837738" w14:textId="77777777" w:rsidR="00836141" w:rsidRPr="00EA4091" w:rsidRDefault="000871D7" w:rsidP="00EA4091">
+          <w:p w:rsidR="00836141" w:rsidRPr="00EA4091" w:rsidRDefault="000871D7" w:rsidP="00EA4091">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00836141" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Inappropriate defiance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="228184B9" w14:textId="77777777" w:rsidR="00DD5CEF" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00DD5CEF" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DD5CEF" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eager to please</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DCD7DD4" w14:textId="77777777" w:rsidR="00DD5CEF" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00DD5CEF" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DD5CEF" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eloping behaviors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F6118F1" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00681532">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00681532">
             <w:pPr>
               <w:ind w:left="346" w:hanging="346"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Excessive sensory seeking behaviors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B0690BF" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00420EA6">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00420EA6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fatigue</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EBB5E6" w14:textId="77777777" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00420EA6">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="00420EA6">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fire setting</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EADE91C" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Gastrointestinal concerns</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D4A5A0" w14:textId="77777777" w:rsidR="000871D7" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="000871D7" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hyperactivity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68E2A56B" w14:textId="70282F51" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hypertonia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59F0DFD9" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hypervigilance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C869D8" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00EB3283" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hypotonia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B912710" w14:textId="77777777" w:rsidR="00086909" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00086909" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00086909" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Irritability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A944F00" w14:textId="77777777" w:rsidR="00086909" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00086909" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00086909" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lonely</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06A7AA11" w14:textId="77777777" w:rsidR="00393A42" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00086909" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lying</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6933F357" w14:textId="77777777" w:rsidR="00836141" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00836141" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00836141" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nightmares</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="090B2E0B" w14:textId="77777777" w:rsidR="00836141" w:rsidRPr="00104026" w:rsidRDefault="00836141" w:rsidP="000A7F73">
+          <w:p w:rsidR="00836141" w:rsidRPr="00104026" w:rsidRDefault="00836141" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF222E2" w14:textId="77777777" w:rsidR="007A6D5B" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="007A6D5B" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="007A6D5B" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Screaming</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4030E522" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Self-esteem problems</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ED32990" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Separation anxiety</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75EE357A" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Shyness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E86840D" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sleep problems</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1984D4F2" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Somatic complaints</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17EA02CF" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stealing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="077A9033" w14:textId="77777777" w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="004835A0" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="004835A0" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stimming</w:t>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> behaviors</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03FAB592" w14:textId="77777777" w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stubborn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="441448A1" w14:textId="77777777" w:rsidR="003C5B5A" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="003C5B5A" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Temper tantrums</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="593310DE" w14:textId="77777777" w:rsidR="00D07DA9" w:rsidRPr="00C02309" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00D07DA9" w:rsidRPr="00C02309" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D07DA9" w:rsidRPr="00C02309">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Unexplained fear</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="171B0053" w14:textId="77777777" w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Withdrawn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01E8244E" w14:textId="77777777" w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="003C5B5A" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Worry</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41C587FF" w14:textId="77777777" w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00EB3283" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C5B5A" w:rsidRPr="00104026">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Social isolation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51FF1C4D" w14:textId="5F80ED9B" w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
+          <w:p w:rsidR="00393A42" w:rsidRPr="00104026" w:rsidRDefault="000871D7" w:rsidP="000A7F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A01DB1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text90"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="Text90"/>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD27E1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00393A42" w:rsidRPr="00104026">
-[...64 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44DA08F8" w14:textId="77777777" w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="007D58F0">
+    <w:p w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="007D58F0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00393A42" w:rsidSect="002D4C5B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="0" w:right="965" w:bottom="540" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="7B96EA5B" w14:textId="77777777" w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="000F63A1">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="000F63A1">
       <w:pPr>
         <w:ind w:right="-216"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00393A42" w:rsidSect="00393A42">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="0" w:right="965" w:bottom="1152" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:num="3" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB9F282" w14:textId="77777777" w:rsidR="00ED52BA" w:rsidRDefault="00ED52BA">
+    <w:p w:rsidR="00ED52BA" w:rsidRDefault="00ED52BA" w:rsidP="00D16F96">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43091366" w14:textId="77777777" w:rsidR="00ED52BA" w:rsidRDefault="00ED52BA" w:rsidP="007D58F0">
+    <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="007D58F0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-216"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C849D6F" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="007D58F0">
-[...13 lines deleted...]
-    <w:p w14:paraId="67A9A436" w14:textId="11995972" w:rsidR="00AD0176" w:rsidRPr="002F54EE" w:rsidRDefault="000F63A1" w:rsidP="007D58F0">
+    <w:p w:rsidR="00AD0176" w:rsidRPr="002F54EE" w:rsidRDefault="000F63A1" w:rsidP="007D58F0">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-216"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TREATMENT PROGRESS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00490D60" w:rsidRPr="009E4112" w14:paraId="3BB2B86F" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00490D60" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="720D8EE5" w14:textId="77777777" w:rsidR="000F63A1" w:rsidRPr="00C053EA" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
+          <w:p w:rsidR="000F63A1" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
             <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD6B07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00AD6B07">
+              <w:t>INSTRUCTIONS</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>INSTRUCTIONS</w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Identify the applicable focus of treatment area from the drop-down menu.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document progress since last treatment report. Progress should include information pertaining to evidence-informed interventions utilized and client’s response to the clinical interventions (i.e., changes in the client’s attitudes, beliefs, and behaviors as reported by </w:t>
+            </w:r>
+            <w:r w:rsidR="00667BB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>caregiver</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, SW,</w:t>
+            </w:r>
+            <w:r w:rsidR="00667BB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> collateral contacts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7EE9" w:rsidRPr="00CF7EE9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the clinician’s professional observations of the client’s engagement with or responsiveness to treatment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D845CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>).  Documentation of progress reflects therapist’s clinical assessment of progress rather than client’s direct statements or quotes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>For each update, please include new progress in applicable section and do not delete previous entries.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Please note when a treatment area is no longer an active focus of clinical attention.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D441AD" w:rsidRDefault="00D441AD" w:rsidP="000F63A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D441AD" w:rsidRPr="00C053EA" w:rsidRDefault="00D441AD" w:rsidP="000F63A1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...19 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D441AD">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Reminder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6157">
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...109 lines deleted...]
-              <w:t xml:space="preserve"> Please note when a treatment area is no longer an active focus of clinical attention.  </w:t>
+                <w:i/>
+              </w:rPr>
+              <w:t>: Observations made by the clinician during therapy sessions are considered part of the client’s Protected Health Information (PHI), similar to verbal communication, and should not be included in the treatment update unless a valid ROI is in place.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D2FDAE2" w14:textId="77777777" w:rsidR="000F63A1" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
+          <w:p w:rsidR="000F63A1" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FECD4F5" w14:textId="77777777" w:rsidR="00490D60" w:rsidRPr="00571D42" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
+          <w:p w:rsidR="00490D60" w:rsidRPr="00571D42" w:rsidRDefault="000F63A1" w:rsidP="000F63A1">
             <w:pPr>
               <w:ind w:right="-216"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dd/delete rows as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00490D60" w:rsidRPr="009E4112" w14:paraId="5F27339A" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00490D60" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="525A56DC" w14:textId="3145EEB1" w:rsidR="00A662D5" w:rsidRDefault="00393A42" w:rsidP="00DB04CD">
+          <w:p w:rsidR="00A662D5" w:rsidRDefault="00393A42" w:rsidP="00DB04CD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4266"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
@@ -8043,128 +8303,236 @@
                   <w:listItem w:displayText="Physical aggresstion towards peers and/or caregivers" w:value="Physical aggresstion towards peers and/or caregivers"/>
                   <w:listItem w:displayText="Presenting with emotional or behavioral dysregulation " w:value="Presenting with emotional or behavioral dysregulation "/>
                   <w:listItem w:displayText="Recent placement change" w:value="Recent placement change"/>
                   <w:listItem w:displayText="Resiliency enhancement" w:value="Resiliency enhancement"/>
                   <w:listItem w:displayText="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts" w:value="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts"/>
                   <w:listItem w:displayText="Sexual abuse victimization" w:value="Sexual abuse victimization"/>
                   <w:listItem w:displayText="Sexual behavior concerns" w:value="Sexual behavior concerns"/>
                   <w:listItem w:displayText="Substance abuse prevention" w:value="Substance abuse prevention"/>
                   <w:listItem w:displayText="Other (please document specific focus)" w:value="Other (please document specific focus)"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006A0AF5" w:rsidRPr="00ED52BA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6EC31C45" w14:textId="77777777" w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="00393A42">
+          <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="00393A42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0062472A" w14:paraId="30C313FF" w14:textId="77777777" w:rsidTr="0062472A">
+            <w:tr w:rsidR="0062472A" w:rsidTr="0084055C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2C65D528" w14:textId="20161E59" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="59AF2FA1" w14:textId="09D427D5" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8222,79 +8590,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="3E2A004A" w14:textId="77777777" w:rsidTr="0062472A">
+            <w:tr w:rsidR="0062472A" w:rsidTr="0084055C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="46E2F5AD" w14:textId="7BADECF0" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0BF7D819" w14:textId="0322EBBD" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8352,80 +8720,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="3A7FCFB0" w14:textId="77777777" w:rsidTr="0062472A">
+            <w:tr w:rsidR="0062472A" w:rsidTr="0084055C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="57F131A5" w14:textId="6709CADC" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5B0A7037" w14:textId="6D4DAA3C" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8483,80 +8851,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="4BBB0122" w14:textId="77777777" w:rsidTr="0062472A">
+            <w:tr w:rsidR="0062472A" w:rsidTr="0084055C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="63B0C8F2" w14:textId="12D43961" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1019E035" w14:textId="1BD96026" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8614,79 +8982,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="5C522686" w14:textId="77777777" w:rsidTr="0062472A">
+            <w:tr w:rsidR="0062472A" w:rsidTr="0084055C">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1FA54735" w14:textId="0E8F113F" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="22A984A3" w14:textId="1F415902" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
+                <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00393A42">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8745,84 +9113,84 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="1F10B61D" w14:textId="536A55AF" w:rsidR="00984AFA" w:rsidRPr="006047A3" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
+          <w:p w:rsidR="00984AFA" w:rsidRPr="006047A3" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A662D5" w:rsidRPr="009E4112" w14:paraId="068A5023" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00A662D5" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="2501"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DF37634" w14:textId="62E2D384" w:rsidR="00441CDB" w:rsidRDefault="00441CDB" w:rsidP="00441CDB">
+          <w:p w:rsidR="00441CDB" w:rsidRDefault="00441CDB" w:rsidP="00441CDB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4266"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
@@ -8872,128 +9240,236 @@
                   <w:listItem w:displayText="Physical aggresstion towards peers and/or caregivers" w:value="Physical aggresstion towards peers and/or caregivers"/>
                   <w:listItem w:displayText="Presenting with emotional or behavioral dysregulation " w:value="Presenting with emotional or behavioral dysregulation "/>
                   <w:listItem w:displayText="Recent placement change" w:value="Recent placement change"/>
                   <w:listItem w:displayText="Resiliency enhancement" w:value="Resiliency enhancement"/>
                   <w:listItem w:displayText="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts" w:value="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts"/>
                   <w:listItem w:displayText="Sexual abuse victimization" w:value="Sexual abuse victimization"/>
                   <w:listItem w:displayText="Sexual behavior concerns" w:value="Sexual behavior concerns"/>
                   <w:listItem w:displayText="Substance abuse prevention" w:value="Substance abuse prevention"/>
                   <w:listItem w:displayText="Other (please document specific focus)" w:value="Other (please document specific focus)"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00ED52BA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="000AB23D" w14:textId="77777777" w:rsidR="000E2A06" w:rsidRDefault="000E2A06" w:rsidP="000E2A06">
+          <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000E2A06" w:rsidRDefault="000E2A06" w:rsidP="000E2A06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0062472A" w14:paraId="48753763" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="66FCED86" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1031256B" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9051,79 +9527,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="1231A183" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="53DAAFAC" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="07924A1B" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9181,80 +9657,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="5C365AA2" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="150DDECE" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="502951DD" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9312,80 +9788,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="2DE258D7" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2C3FE067" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2990AA4F" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9443,79 +9919,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="1993D2C0" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5F76F629" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="71CE7CBA" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9574,87 +10050,87 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="2F270227" w14:textId="49899D79" w:rsidR="00493AFF" w:rsidRPr="00123EAF" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
+          <w:p w:rsidR="00493AFF" w:rsidRPr="00123EAF" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A662D5" w:rsidRPr="009E4112" w14:paraId="6158A294" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00A662D5" w:rsidRPr="009E4112" w:rsidTr="00D16F96">
         <w:trPr>
-          <w:trHeight w:val="2663"/>
+          <w:trHeight w:val="2880"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03310A83" w14:textId="32D95947" w:rsidR="00441CDB" w:rsidRDefault="00441CDB" w:rsidP="00441CDB">
+          <w:p w:rsidR="00441CDB" w:rsidRDefault="00441CDB" w:rsidP="00441CDB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4266"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FOCUS OF TREATMENT</w:t>
             </w:r>
@@ -9704,128 +10180,236 @@
                   <w:listItem w:displayText="Physical aggresstion towards peers and/or caregivers" w:value="Physical aggresstion towards peers and/or caregivers"/>
                   <w:listItem w:displayText="Presenting with emotional or behavioral dysregulation " w:value="Presenting with emotional or behavioral dysregulation "/>
                   <w:listItem w:displayText="Recent placement change" w:value="Recent placement change"/>
                   <w:listItem w:displayText="Resiliency enhancement" w:value="Resiliency enhancement"/>
                   <w:listItem w:displayText="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts" w:value="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts"/>
                   <w:listItem w:displayText="Sexual abuse victimization" w:value="Sexual abuse victimization"/>
                   <w:listItem w:displayText="Sexual behavior concerns" w:value="Sexual behavior concerns"/>
                   <w:listItem w:displayText="Substance abuse prevention" w:value="Substance abuse prevention"/>
                   <w:listItem w:displayText="Other (please document specific focus)" w:value="Other (please document specific focus)"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00ED52BA">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0605EA68" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
+          <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblCellMar>
                 <w:top w:w="29" w:type="dxa"/>
                 <w:bottom w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2040"/>
               <w:gridCol w:w="8619"/>
             </w:tblGrid>
-            <w:tr w:rsidR="0062472A" w14:paraId="237C29ED" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5AA8281C" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>I</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>nitial Assessment</w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="00179357" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -9883,79 +10467,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="4064F05D" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6D614136" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>First Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="470FB378" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10013,80 +10597,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="352497C8" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="7B65FD98" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Second Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="12BE99F2" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10144,80 +10728,80 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="494DB860" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="57DF9657" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Third Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="37977AC5" w14:textId="77777777" w:rsidR="0062472A" w:rsidRPr="004B05D7" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRPr="004B05D7" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10275,79 +10859,79 @@
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="0062472A" w14:paraId="42BC157D" w14:textId="77777777" w:rsidTr="00F210C0">
+            <w:tr w:rsidR="00D16F96" w:rsidTr="00675FAF">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2040" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="45A7086D" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Fourth Update:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8619" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="33FB175D" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="0062472A">
+                <w:p w:rsidR="00D16F96" w:rsidRDefault="00D16F96" w:rsidP="00D16F96">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text87"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10406,316 +10990,2245 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:noProof/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="004B05D7">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="32257079" w14:textId="5F9AC900" w:rsidR="00493AFF" w:rsidRPr="00123EAF" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
+          <w:p w:rsidR="00493AFF" w:rsidRPr="00123EAF" w:rsidRDefault="0062472A" w:rsidP="000E2A06">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C81773" w:rsidRPr="009E4112" w:rsidTr="00D16F96">
+        <w:trPr>
+          <w:trHeight w:val="2880"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10885" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4266"/>
+              </w:tabs>
+              <w:spacing w:before="80"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FOCUS OF TREATMENT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="Focus of Treatment"/>
+                <w:tag w:val="Focus of Treatment"/>
+                <w:id w:val="1530762808"/>
+                <w:placeholder>
+                  <w:docPart w:val="8585563513FA40D4A5074E7897D34C21"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Adaptive living skills" w:value="Adaptive living skills"/>
+                  <w:listItem w:displayText="Adoption/Termination of parental rights" w:value="Adoption/Termination of parental rights"/>
+                  <w:listItem w:displayText="Conjoint therapy (please document specific focus)" w:value="Conjoint therapy (please document specific focus)"/>
+                  <w:listItem w:displayText="Emotional Abuse - the child suffered emotional abuse directly from the caregiver" w:value="Emotional Abuse - the child suffered emotional abuse directly from the caregiver"/>
+                  <w:listItem w:displayText="Exposure to domestic violence and there are behavioral and/or emotional issues" w:value="Exposure to domestic violence and there are behavioral and/or emotional issues"/>
+                  <w:listItem w:displayText="Grief/ loss" w:value="Grief/ loss"/>
+                  <w:listItem w:displayText="Neglect" w:value="Neglect"/>
+                  <w:listItem w:displayText="Physical abuse victimization" w:value="Physical abuse victimization"/>
+                  <w:listItem w:displayText="Physical aggresstion towards peers and/or caregivers" w:value="Physical aggresstion towards peers and/or caregivers"/>
+                  <w:listItem w:displayText="Presenting with emotional or behavioral dysregulation " w:value="Presenting with emotional or behavioral dysregulation "/>
+                  <w:listItem w:displayText="Recent placement change" w:value="Recent placement change"/>
+                  <w:listItem w:displayText="Resiliency enhancement" w:value="Resiliency enhancement"/>
+                  <w:listItem w:displayText="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts" w:value="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts"/>
+                  <w:listItem w:displayText="Sexual abuse victimization" w:value="Sexual abuse victimization"/>
+                  <w:listItem w:displayText="Sexual behavior concerns" w:value="Sexual behavior concerns"/>
+                  <w:listItem w:displayText="Substance abuse prevention" w:value="Substance abuse prevention"/>
+                  <w:listItem w:displayText="Other (please document specific focus)" w:value="Other (please document specific focus)"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00ED52BA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:top w:w="29" w:type="dxa"/>
+                <w:bottom w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2040"/>
+              <w:gridCol w:w="8619"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>I</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>nitial Assessment</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>First Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Second Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Third Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Fourth Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00441CDB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4266"/>
+              </w:tabs>
+              <w:spacing w:before="80"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C81773" w:rsidRPr="009E4112" w:rsidTr="00D16F96">
+        <w:trPr>
+          <w:trHeight w:val="2880"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10885" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4266"/>
+              </w:tabs>
+              <w:spacing w:before="80"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FOCUS OF TREATMENT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:alias w:val="Focus of Treatment"/>
+                <w:tag w:val="Focus of Treatment"/>
+                <w:id w:val="-446858634"/>
+                <w:placeholder>
+                  <w:docPart w:val="88666DB418DE49DEA5F3417FA192E55D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:dropDownList>
+                  <w:listItem w:value="Choose an item."/>
+                  <w:listItem w:displayText="Adaptive living skills" w:value="Adaptive living skills"/>
+                  <w:listItem w:displayText="Adoption/Termination of parental rights" w:value="Adoption/Termination of parental rights"/>
+                  <w:listItem w:displayText="Conjoint therapy (please document specific focus)" w:value="Conjoint therapy (please document specific focus)"/>
+                  <w:listItem w:displayText="Emotional Abuse - the child suffered emotional abuse directly from the caregiver" w:value="Emotional Abuse - the child suffered emotional abuse directly from the caregiver"/>
+                  <w:listItem w:displayText="Exposure to domestic violence and there are behavioral and/or emotional issues" w:value="Exposure to domestic violence and there are behavioral and/or emotional issues"/>
+                  <w:listItem w:displayText="Grief/ loss" w:value="Grief/ loss"/>
+                  <w:listItem w:displayText="Neglect" w:value="Neglect"/>
+                  <w:listItem w:displayText="Physical abuse victimization" w:value="Physical abuse victimization"/>
+                  <w:listItem w:displayText="Physical aggresstion towards peers and/or caregivers" w:value="Physical aggresstion towards peers and/or caregivers"/>
+                  <w:listItem w:displayText="Presenting with emotional or behavioral dysregulation " w:value="Presenting with emotional or behavioral dysregulation "/>
+                  <w:listItem w:displayText="Recent placement change" w:value="Recent placement change"/>
+                  <w:listItem w:displayText="Resiliency enhancement" w:value="Resiliency enhancement"/>
+                  <w:listItem w:displayText="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts" w:value="Self-harming behaviors and/or suicidal ideation, plan, and/or past attempts"/>
+                  <w:listItem w:displayText="Sexual abuse victimization" w:value="Sexual abuse victimization"/>
+                  <w:listItem w:displayText="Sexual behavior concerns" w:value="Sexual behavior concerns"/>
+                  <w:listItem w:displayText="Substance abuse prevention" w:value="Substance abuse prevention"/>
+                  <w:listItem w:displayText="Other (please document specific focus)" w:value="Other (please document specific focus)"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00ED52BA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If ‘other area of focus’ is selected, describe here: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:top w:w="29" w:type="dxa"/>
+                <w:bottom w:w="29" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2040"/>
+              <w:gridCol w:w="8619"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>I</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>nitial Assessment</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>First Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Second Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Third Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRPr="004B05D7" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00C81773" w:rsidTr="005960A3">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2040" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Fourth Update:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8619" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00C81773">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="begin">
+                      <w:ffData>
+                        <w:name w:val="Text87"/>
+                        <w:enabled/>
+                        <w:calcOnExit w:val="0"/>
+                        <w:textInput/>
+                      </w:ffData>
+                    </w:fldChar>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="separate"/>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="004B05D7">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:fldChar w:fldCharType="end"/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773" w:rsidP="00441CDB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4266"/>
+              </w:tabs>
+              <w:spacing w:before="80"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2061F2B1" w14:textId="77777777" w:rsidR="00393A42" w:rsidRDefault="00393A42" w:rsidP="00393A42">
+    <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00D16F96">
       <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2844E9E3" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A" w:rsidP="00054EFF">
-[...59 lines deleted...]
-    <w:p w14:paraId="68A82B7E" w14:textId="6CEE44EB" w:rsidR="008A0A4B" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00054EFF">
+    <w:p w:rsidR="008A0A4B" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00054EFF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DISCHARGE SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5832"/>
         <w:gridCol w:w="5058"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="6222AB5F" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5832" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16996DA6" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Discharge: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5058" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="171029DC" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date SW Notified: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="310C8697" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="908"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10890" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67153C2B" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00283ABB">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00283ABB">
             <w:pPr>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Reason for Discharge: </w:t>
             </w:r>
             <w:r w:rsidR="00FC66DF" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -10788,96 +13301,96 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FC66DF" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FC66DF" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34B22399" w14:textId="7D5AE69D" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00A50182" w:rsidP="00283ABB">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00A50182" w:rsidP="00283ABB">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Successful completion/met goals*          </w:t>
             </w:r>
@@ -10887,59 +13400,59 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Poor attendance           </w:t>
             </w:r>
@@ -10949,59 +13462,59 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11035,59 +13548,59 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="004B05D7">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other (specify): </w:t>
             </w:r>
@@ -11172,277 +13685,354 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00254241" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="489418CF" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
+    <w:p w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7488A1C0" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00054EFF">
+    <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00054EFF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TREATMENT PLAN REVIEW</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB7AA9" w14:paraId="30FB5B85" w14:textId="77777777" w:rsidTr="00DB7AA9">
+      <w:tr w:rsidR="00DB7AA9" w:rsidTr="00DB7AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38B239D0" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRPr="005D03D6" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
+          <w:p w:rsidR="00DB7AA9" w:rsidRPr="005D03D6" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2860AC2B" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
+          <w:p w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00123EAF">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00123EAF">
+            <w:r w:rsidR="00A01DB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB7AA9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">I have reviewed this plan with the youth in an age/developmentally appropriate manner. Date of review: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text87"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="004B05D7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1FB9ABAA" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
+          <w:p w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35F2D116" w14:textId="77777777" w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
+    <w:p w:rsidR="00DB7AA9" w:rsidRDefault="00DB7AA9" w:rsidP="00DB7AA9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F4C15AE" w14:textId="77777777" w:rsidR="00582050" w:rsidRDefault="006C79EC" w:rsidP="00582050">
+    <w:p w:rsidR="00582050" w:rsidRDefault="006C79EC" w:rsidP="00582050">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIAGNOSIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E88222" w14:textId="77777777" w:rsidR="006C79EC" w:rsidRPr="008A0A4B" w:rsidRDefault="006C79EC" w:rsidP="006C79EC">
+    <w:p w:rsidR="006C79EC" w:rsidRPr="008A0A4B" w:rsidRDefault="006C79EC" w:rsidP="006C79EC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
       <w:r w:rsidR="00E87915">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11453,252 +14043,234 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>hild/youth</w:t>
       </w:r>
       <w:r w:rsidR="00E87915">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Record as many coexisting mental disorders, general medical conditions, and other factors as are relevant to the care and treatment of the individual. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk193727455"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk193727455"/>
       <w:r w:rsidR="00393A42" w:rsidRPr="00E80A60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All diagnoses identified on the </w:t>
       </w:r>
       <w:r w:rsidR="00711982">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CFWB </w:t>
       </w:r>
       <w:r w:rsidR="00393A42" w:rsidRPr="00E80A60">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">referral should be included as endorsed, rule out, or criteria not met. If diagnosis was made by previous provider and is </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> by history, state so.</w:t>
+        <w:t>referral should be included as endorsed, rule out, or criteria not met. If diagnosis was made by previous provider and is being maintained by history, state so.</w:t>
       </w:r>
       <w:r w:rsidR="00393A42">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="46D54EF5" w14:textId="77777777" w:rsidR="006C79EC" w:rsidRPr="00123EAF" w:rsidRDefault="006C79EC" w:rsidP="006C79EC">
+    <w:p w:rsidR="006C79EC" w:rsidRPr="00123EAF" w:rsidRDefault="006C79EC" w:rsidP="006C79EC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0042E978" w14:textId="5512E7C5" w:rsidR="00FC16EE" w:rsidRPr="00081BAB" w:rsidRDefault="00FC16EE" w:rsidP="00FC16EE">
+    <w:p w:rsidR="00FC16EE" w:rsidRPr="00081BAB" w:rsidRDefault="00FC16EE" w:rsidP="00FC16EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081BAB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Primary Diagnosis should be listed first</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2203599E" w14:textId="77777777" w:rsidR="008A0A4B" w:rsidRPr="008A0A4B" w:rsidRDefault="008A0A4B" w:rsidP="00FC16EE">
+    <w:p w:rsidR="008A0A4B" w:rsidRPr="008A0A4B" w:rsidRDefault="008A0A4B" w:rsidP="00FC16EE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="32F90634" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7591BEA4" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ICD-10</w:t>
             </w:r>
             <w:r w:rsidR="008D6A90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="734B834D" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DSM-5-TR</w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diagnos</w:t>
             </w:r>
             <w:r w:rsidR="008D6A90">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="3602AA60" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="166FBBA8" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -11769,51 +14341,51 @@
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577EC970" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -11881,56 +14453,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="5CB4E0F1" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4EF2CE" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12001,51 +14573,51 @@
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C578B7" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12113,56 +14685,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="7C6A9A4C" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22265CF0" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12233,51 +14805,51 @@
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34C81F6E" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12345,56 +14917,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="5A956366" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20AE3F8F" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12465,51 +15037,51 @@
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C924CB" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12577,56 +15149,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w14:paraId="57C43617" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00EA4028" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30133039" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12697,51 +15269,51 @@
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2DD152" w14:textId="77777777" w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
+          <w:p w:rsidR="00EA4028" w:rsidRPr="00123EAF" w:rsidRDefault="00EA4028" w:rsidP="00283ABB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -12810,161 +15382,142 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D5C0193" w14:textId="77777777" w:rsidR="008267C9" w:rsidRDefault="008267C9" w:rsidP="00632309">
+    <w:p w:rsidR="008267C9" w:rsidRDefault="008267C9" w:rsidP="00632309">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB5297C" w14:textId="77777777" w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="00C131B0">
+    <w:p w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="00C131B0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ADDITIONAL COMMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A056604" w14:textId="77777777" w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="00C131B0">
+    <w:p w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="00C131B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4D65A48E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any recommendations offered are within the scope of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> role as a TERM provider and the clinical rationale is clearly stated.</w:t>
+        <w:t>Any recommendations offered are within the scope of provider’s role as a TERM provider and the clinical rationale is clearly stated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB7E5AF" w14:textId="77777777" w:rsidR="005D03D6" w:rsidRPr="004B05D7" w:rsidRDefault="005D03D6" w:rsidP="00C131B0">
+    <w:p w:rsidR="005D03D6" w:rsidRPr="004B05D7" w:rsidRDefault="005D03D6" w:rsidP="00C131B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="115" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C131B0" w14:paraId="36E1FA84" w14:textId="77777777" w:rsidTr="00081BAB">
+      <w:tr w:rsidR="00C131B0" w:rsidTr="00081BAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C279DEB" w14:textId="77777777" w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="004C1668">
+          <w:p w:rsidR="00C131B0" w:rsidRDefault="00C131B0" w:rsidP="004C1668">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
@@ -13010,182 +15563,122 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B05D7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="165471FF" w14:textId="77777777" w:rsidR="00C67EAC" w:rsidRDefault="00C67EAC">
+    <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C2E6820" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A">
+    <w:p w:rsidR="0062472A" w:rsidRDefault="0062472A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74246620" w14:textId="77777777" w:rsidR="0062472A" w:rsidRDefault="0062472A">
-[...59 lines deleted...]
-    <w:p w14:paraId="40A60786" w14:textId="77777777" w:rsidR="00C67EAC" w:rsidRPr="00417859" w:rsidRDefault="00C67EAC" w:rsidP="00417859">
+    <w:p w:rsidR="00C67EAC" w:rsidRPr="00417859" w:rsidRDefault="00C67EAC" w:rsidP="00417859">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00123EAF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PROVIDER SIGNATURE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6408"/>
         <w:gridCol w:w="4482"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="1DA95393" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7B68E3" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Printed Name: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13266,51 +15759,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="657391B2" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">License/Registration </w:t>
             </w:r>
             <w:r w:rsidR="00711982">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">type and </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
@@ -13400,63 +15893,63 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="1DA11BE8" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6408" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F7F630" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
             <w:r w:rsidR="002D12F3" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13537,115 +16030,181 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002D12F3" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAC435D" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature Date: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="5FE821F3" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6408" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48B853F2" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Phone Number: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13726,51 +16285,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4482" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62793B63" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Provider Fax Number: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -13845,115 +16404,136 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="676B5113" w14:textId="77777777" w:rsidR="00171200" w:rsidRDefault="00171200" w:rsidP="00171200">
+    <w:p w:rsidR="00171200" w:rsidRDefault="00171200" w:rsidP="00171200">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B123207" w14:textId="77777777" w:rsidR="00F679AF" w:rsidRPr="00417859" w:rsidRDefault="00171200" w:rsidP="00417859">
+    <w:p w:rsidR="00C81773" w:rsidRDefault="00C81773">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F679AF" w:rsidRPr="00417859" w:rsidRDefault="00171200" w:rsidP="00417859">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REQUIRED FOR INTERNS ONLY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10890" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5715"/>
         <w:gridCol w:w="5175"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="3CAABBC9" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2415EE24" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisor Printed Name: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -14031,51 +16611,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5175" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="785DAC5F" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Supervisor Signature: </w:t>
             </w:r>
             <w:r w:rsidR="002D12F3" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -14149,60 +16729,60 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002D12F3" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002D12F3" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w14:paraId="3FDFA7A3" w14:textId="77777777" w:rsidTr="00E06A07">
+      <w:tr w:rsidR="00254241" w:rsidRPr="009E4112" w:rsidTr="00E06A07">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5715" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF2F0D9" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="00B47E20">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">License type and #: </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -14280,165 +16860,231 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008005B2" w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5175" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0EA514" w14:textId="77777777" w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
+          <w:p w:rsidR="00254241" w:rsidRPr="00123EAF" w:rsidRDefault="00254241" w:rsidP="007E4F27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123EAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
-            <w:sdt>
-[...31 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16F96" w:rsidRPr="00123EAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="022EFAF9" w14:textId="77777777" w:rsidR="006C79EC" w:rsidRDefault="006C79EC" w:rsidP="00FD4E5C">
+    <w:p w:rsidR="006C79EC" w:rsidRDefault="006C79EC" w:rsidP="00FD4E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F5EE55E" w14:textId="77777777" w:rsidR="003F1D86" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
+    <w:p w:rsidR="003F1D86" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569228DB" w14:textId="77777777" w:rsidR="003F1D86" w:rsidRPr="004B05D7" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
+    <w:p w:rsidR="003F1D86" w:rsidRPr="004B05D7" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit Initial Treatment Plan/Update as per the authorized reporting schedule to </w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Optum TERM</w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at Fax: 1(877) 624-8376. Optum TERM will conduct a quality review and will be responsible for forwarding approved Quarterly Progress Reports to the Protective Services Worker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40364502" w14:textId="77777777" w:rsidR="003F1D86" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
+    <w:p w:rsidR="003F1D86" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D022355" w14:textId="77777777" w:rsidR="003F1D86" w:rsidRPr="004B05D7" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
+    <w:p w:rsidR="003F1D86" w:rsidRPr="004B05D7" w:rsidRDefault="003F1D86" w:rsidP="003F1D86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For Medi-Cal funding: </w:t>
       </w:r>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorization for continued services is dependent on Medical Necessity review of the </w:t>
       </w:r>
       <w:r w:rsidR="00D55235">
@@ -14452,459 +17098,438 @@
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Providers will be notified of determination within fourteen (14) business days of </w:t>
       </w:r>
       <w:r w:rsidR="00D55235">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>treatment plan</w:t>
       </w:r>
       <w:r w:rsidRPr="003E4C48">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56126A44" w14:textId="77777777" w:rsidR="00F34343" w:rsidRDefault="00F34343" w:rsidP="00FD4E5C">
+    <w:p w:rsidR="00F34343" w:rsidRDefault="00F34343" w:rsidP="00FD4E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B838C3F" w14:textId="77777777" w:rsidR="00CD533A" w:rsidRPr="002967E8" w:rsidRDefault="00CD533A" w:rsidP="00FD4E5C">
+    <w:p w:rsidR="00CD533A" w:rsidRPr="002967E8" w:rsidRDefault="00CD533A" w:rsidP="00FD4E5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CD533A" w:rsidRPr="002967E8" w:rsidSect="006047A3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="965" w:bottom="1152" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15372204" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22">
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F20BFBA" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22">
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5613013C" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22"/>
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="08ADF584" w14:textId="13616612" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="00552B61">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="00552B61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7470"/>
       </w:tabs>
       <w:ind w:right="205"/>
     </w:pPr>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>04-176/04-177c (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>06</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>(c)</w:t>
-[...13 lines deleted...]
-      <w:t>/25) (F)</w:t>
+      <w:t>(c) (09/25) (F)</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                                           </w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001D7D69">
+    <w:r w:rsidR="00E277A7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001D7D69">
+    <w:r w:rsidR="00E277A7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                        </w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>County of San Diego/HHSA/C</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>FWB</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6B5FE24C" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="00CE7573">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="00CE7573">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7470"/>
       </w:tabs>
       <w:ind w:right="565"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C00338">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41207B13" wp14:editId="161E6770">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34D8BAFD" wp14:editId="798A5752">
           <wp:extent cx="1790700" cy="197803"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="325927350" name="Picture 325927350"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1793719" cy="198137"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="587969BB" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="00CE7573">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="00CE7573">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7470"/>
       </w:tabs>
       <w:ind w:right="565"/>
     </w:pPr>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>04-176/04-177c (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
@@ -14944,603 +17569,502 @@
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                        </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008A0A4B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>County of San Diego/HHSA/C</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>FWB</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48A29BB4" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22">
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="213C1A24" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22">
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D8728DB" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22"/>
+    <w:p w:rsidR="00A01DB1" w:rsidRDefault="00A01DB1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7DE683A5" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="006047A3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="006047A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Child and Family Well-Being</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F55429C" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="006047A3">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="006047A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Initial </w:t>
     </w:r>
     <w:r w:rsidRPr="00837F65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Treatment Plan/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Treatment Plan Update: </w:t>
     </w:r>
     <w:r w:rsidRPr="00123EAF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CHILD/YOUTH </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="168F74D2" w14:textId="77777777" w:rsidR="001D7D69" w:rsidRDefault="001D7D69" w:rsidP="001D7D69">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="001D7D69">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="09088E6F" w14:textId="673C7CDF" w:rsidR="001D7D69" w:rsidRPr="00FD6DDC" w:rsidRDefault="001D7D69" w:rsidP="001D7D69">
-[...75 lines deleted...]
-          <w:sdtPr>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="5035"/>
+      <w:gridCol w:w="5510"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidTr="00806134">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5035" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidRDefault="009B6157" w:rsidP="00675FAF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
-            <w:id w:val="-227309333"/>
-[...130 lines deleted...]
-  <w:p w14:paraId="54E92347" w14:textId="51CD512C" w:rsidR="001B7F22" w:rsidRPr="00FD6DDC" w:rsidRDefault="001D7D69" w:rsidP="001D7D69">
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Client Name:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5510" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidRDefault="009B6157" w:rsidP="00675FAF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Client DOB:    </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidTr="00806134">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5035" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidRDefault="009B6157" w:rsidP="00675FAF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Provider Name:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5510" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w:rsidR="009B6157" w:rsidRPr="00806134" w:rsidRDefault="009B6157" w:rsidP="00675FAF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">PSW Name:  </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="009B6157" w:rsidRPr="00FD6DDC" w:rsidTr="00806134">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="10545" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+        </w:tcPr>
+        <w:p w:rsidR="009B6157" w:rsidRPr="00FD6DDC" w:rsidRDefault="009B6157" w:rsidP="00675FAF">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Date: </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00806134">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:b/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="009B6157" w:rsidRPr="00FD6DDC" w:rsidRDefault="009B6157" w:rsidP="00806134">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FD6DDC">
-[...39 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5417DD4F" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="006047A3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="006047A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Child and Family Well-Being</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="32920B4C" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="006047A3">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="006047A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Initial </w:t>
     </w:r>
     <w:r w:rsidRPr="00837F65">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Treatment Plan/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Treatment Plan Update: </w:t>
     </w:r>
     <w:r w:rsidRPr="00123EAF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">CHILD/YOUTH </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="27C83628" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRDefault="001B7F22" w:rsidP="006047A3">
+  <w:p w:rsidR="009B6157" w:rsidRDefault="009B6157" w:rsidP="006047A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="46D26450" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRPr="00A658FF" w:rsidRDefault="001B7F22" w:rsidP="00B97813">
+  <w:p w:rsidR="009B6157" w:rsidRPr="00A658FF" w:rsidRDefault="009B6157" w:rsidP="00B97813">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="105F2B5B" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRPr="00A658FF" w:rsidRDefault="001B7F22" w:rsidP="00B97813">
+  <w:p w:rsidR="009B6157" w:rsidRPr="00A658FF" w:rsidRDefault="009B6157" w:rsidP="00B97813">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A658FF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">         Client Name: </w:t>
     </w:r>
     <w:r w:rsidRPr="00A658FF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                          </w:t>
@@ -15599,93 +18123,93 @@
         <w:placeholder>
           <w:docPart w:val="82FC5518C7C4448D98A53EE354B7DED9"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:date>
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00A658FF">
           <w:rPr>
             <w:rStyle w:val="PlaceholderText"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Click or tap to enter a date.</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="2E0EF0D1" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRPr="00A658FF" w:rsidRDefault="001B7F22" w:rsidP="00B97813">
+  <w:p w:rsidR="009B6157" w:rsidRPr="00A658FF" w:rsidRDefault="009B6157" w:rsidP="00B97813">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0E394298" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRPr="006436D1" w:rsidRDefault="001B7F22" w:rsidP="00B97813">
+  <w:p w:rsidR="009B6157" w:rsidRPr="006436D1" w:rsidRDefault="009B6157" w:rsidP="00B97813">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A658FF">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">          Provider Name: ________________________  PSW Name:  ___________________________</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="45BC6B54" w14:textId="77777777" w:rsidR="001B7F22" w:rsidRPr="00331CFA" w:rsidRDefault="001B7F22" w:rsidP="00B97813">
+  <w:p w:rsidR="009B6157" w:rsidRPr="00331CFA" w:rsidRDefault="009B6157" w:rsidP="00B97813">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14D71E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EE26D78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15989,150 +18513,150 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="965894248">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="374234560">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1990329044">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0029420E"/>
     <w:rsid w:val="00000624"/>
     <w:rsid w:val="0000368D"/>
     <w:rsid w:val="000103AF"/>
     <w:rsid w:val="000115D9"/>
     <w:rsid w:val="000218FD"/>
     <w:rsid w:val="00023229"/>
     <w:rsid w:val="000325C0"/>
     <w:rsid w:val="00032643"/>
     <w:rsid w:val="0004261C"/>
+    <w:rsid w:val="0004355B"/>
     <w:rsid w:val="00046533"/>
     <w:rsid w:val="00052AED"/>
     <w:rsid w:val="00053746"/>
     <w:rsid w:val="0005456D"/>
     <w:rsid w:val="00054D4E"/>
     <w:rsid w:val="00054EFF"/>
     <w:rsid w:val="00056745"/>
     <w:rsid w:val="00071AD8"/>
     <w:rsid w:val="00073A74"/>
+    <w:rsid w:val="00077937"/>
     <w:rsid w:val="00077BB2"/>
     <w:rsid w:val="00081BAB"/>
     <w:rsid w:val="000833F5"/>
     <w:rsid w:val="00086909"/>
     <w:rsid w:val="000871D7"/>
     <w:rsid w:val="000917DA"/>
     <w:rsid w:val="000951B5"/>
     <w:rsid w:val="00096E3A"/>
     <w:rsid w:val="000A1C11"/>
     <w:rsid w:val="000A7F73"/>
     <w:rsid w:val="000B0871"/>
     <w:rsid w:val="000B399D"/>
+    <w:rsid w:val="000C6A68"/>
     <w:rsid w:val="000C6F16"/>
     <w:rsid w:val="000D06C3"/>
     <w:rsid w:val="000D18E0"/>
     <w:rsid w:val="000D7834"/>
     <w:rsid w:val="000E1379"/>
     <w:rsid w:val="000E2A06"/>
     <w:rsid w:val="000E4578"/>
     <w:rsid w:val="000E6FAA"/>
     <w:rsid w:val="000F1030"/>
     <w:rsid w:val="000F63A1"/>
     <w:rsid w:val="000F7E68"/>
     <w:rsid w:val="00100678"/>
     <w:rsid w:val="00100C6C"/>
     <w:rsid w:val="00104026"/>
     <w:rsid w:val="0010518D"/>
     <w:rsid w:val="00107D70"/>
     <w:rsid w:val="00110F79"/>
     <w:rsid w:val="00114CF3"/>
     <w:rsid w:val="00116DE2"/>
     <w:rsid w:val="001174B2"/>
     <w:rsid w:val="0012309E"/>
     <w:rsid w:val="00123EAF"/>
     <w:rsid w:val="00132D77"/>
     <w:rsid w:val="00137023"/>
     <w:rsid w:val="00140B9B"/>
@@ -16189,50 +18713,51 @@
     <w:rsid w:val="00271F38"/>
     <w:rsid w:val="0027623D"/>
     <w:rsid w:val="00281CA5"/>
     <w:rsid w:val="00281E7F"/>
     <w:rsid w:val="00283ABB"/>
     <w:rsid w:val="0028422E"/>
     <w:rsid w:val="0029208C"/>
     <w:rsid w:val="0029420E"/>
     <w:rsid w:val="00295C79"/>
     <w:rsid w:val="002967E8"/>
     <w:rsid w:val="00297D8A"/>
     <w:rsid w:val="002A41B2"/>
     <w:rsid w:val="002A765E"/>
     <w:rsid w:val="002B6DBC"/>
     <w:rsid w:val="002C1275"/>
     <w:rsid w:val="002C3EBF"/>
     <w:rsid w:val="002C4720"/>
     <w:rsid w:val="002D12F3"/>
     <w:rsid w:val="002D439E"/>
     <w:rsid w:val="002D4C5B"/>
     <w:rsid w:val="002E2774"/>
     <w:rsid w:val="002E2D46"/>
     <w:rsid w:val="002E6515"/>
     <w:rsid w:val="002F0263"/>
     <w:rsid w:val="002F0283"/>
+    <w:rsid w:val="002F2BBF"/>
     <w:rsid w:val="002F54EE"/>
     <w:rsid w:val="002F73DC"/>
     <w:rsid w:val="00301F22"/>
     <w:rsid w:val="003046A1"/>
     <w:rsid w:val="00307C90"/>
     <w:rsid w:val="00315D5B"/>
     <w:rsid w:val="003166BB"/>
     <w:rsid w:val="00322EEF"/>
     <w:rsid w:val="00324474"/>
     <w:rsid w:val="003252D5"/>
     <w:rsid w:val="00330975"/>
     <w:rsid w:val="0034027D"/>
     <w:rsid w:val="00341BC9"/>
     <w:rsid w:val="0035034D"/>
     <w:rsid w:val="00361348"/>
     <w:rsid w:val="00376370"/>
     <w:rsid w:val="003800C0"/>
     <w:rsid w:val="00382980"/>
     <w:rsid w:val="00393A42"/>
     <w:rsid w:val="00396D09"/>
     <w:rsid w:val="003A08EF"/>
     <w:rsid w:val="003A124D"/>
     <w:rsid w:val="003B3546"/>
     <w:rsid w:val="003B583D"/>
     <w:rsid w:val="003B7D7B"/>
@@ -16240,79 +18765,81 @@
     <w:rsid w:val="003C5B5A"/>
     <w:rsid w:val="003C78EB"/>
     <w:rsid w:val="003D0519"/>
     <w:rsid w:val="003D0A5B"/>
     <w:rsid w:val="003D3F18"/>
     <w:rsid w:val="003E03B3"/>
     <w:rsid w:val="003E3A1B"/>
     <w:rsid w:val="003F1D86"/>
     <w:rsid w:val="003F1EF5"/>
     <w:rsid w:val="003F3BB6"/>
     <w:rsid w:val="003F422D"/>
     <w:rsid w:val="003F4CF7"/>
     <w:rsid w:val="00402E5A"/>
     <w:rsid w:val="0040442D"/>
     <w:rsid w:val="00404B1F"/>
     <w:rsid w:val="004070DC"/>
     <w:rsid w:val="00407A7B"/>
     <w:rsid w:val="00416AF8"/>
     <w:rsid w:val="004175EB"/>
     <w:rsid w:val="00417859"/>
     <w:rsid w:val="00417D99"/>
     <w:rsid w:val="00420EA6"/>
     <w:rsid w:val="00424111"/>
     <w:rsid w:val="00430411"/>
     <w:rsid w:val="00431669"/>
+    <w:rsid w:val="00434994"/>
     <w:rsid w:val="00441CDB"/>
     <w:rsid w:val="00447790"/>
     <w:rsid w:val="0044796A"/>
     <w:rsid w:val="00467A38"/>
     <w:rsid w:val="00470F2A"/>
     <w:rsid w:val="00472FC0"/>
     <w:rsid w:val="004813BE"/>
     <w:rsid w:val="004835A0"/>
     <w:rsid w:val="004861C8"/>
     <w:rsid w:val="00486533"/>
     <w:rsid w:val="0049068D"/>
     <w:rsid w:val="00490D60"/>
     <w:rsid w:val="00492482"/>
     <w:rsid w:val="004932DD"/>
     <w:rsid w:val="00493AFF"/>
     <w:rsid w:val="004973D5"/>
     <w:rsid w:val="004A01D2"/>
     <w:rsid w:val="004A1DEC"/>
     <w:rsid w:val="004B7458"/>
     <w:rsid w:val="004C0133"/>
     <w:rsid w:val="004C1668"/>
     <w:rsid w:val="004C1FDF"/>
     <w:rsid w:val="004C3713"/>
     <w:rsid w:val="004C4041"/>
     <w:rsid w:val="004D1860"/>
     <w:rsid w:val="004D1A7A"/>
     <w:rsid w:val="004D47E5"/>
     <w:rsid w:val="004D49CF"/>
     <w:rsid w:val="004D640D"/>
+    <w:rsid w:val="004E01D8"/>
     <w:rsid w:val="004E3791"/>
     <w:rsid w:val="00500CD2"/>
     <w:rsid w:val="00502FDC"/>
     <w:rsid w:val="005115C5"/>
     <w:rsid w:val="005134B3"/>
     <w:rsid w:val="00516F9E"/>
     <w:rsid w:val="005242ED"/>
     <w:rsid w:val="00525A79"/>
     <w:rsid w:val="00526941"/>
     <w:rsid w:val="00527364"/>
     <w:rsid w:val="00527904"/>
     <w:rsid w:val="00530703"/>
     <w:rsid w:val="005315C1"/>
     <w:rsid w:val="005334E8"/>
     <w:rsid w:val="00537000"/>
     <w:rsid w:val="005408E0"/>
     <w:rsid w:val="00545C47"/>
     <w:rsid w:val="005465B7"/>
     <w:rsid w:val="00547FBA"/>
     <w:rsid w:val="0055136E"/>
     <w:rsid w:val="00552B61"/>
     <w:rsid w:val="005669B5"/>
     <w:rsid w:val="00570BE8"/>
     <w:rsid w:val="005710DB"/>
     <w:rsid w:val="00571D42"/>
@@ -16341,143 +18868,148 @@
     <w:rsid w:val="005E66AB"/>
     <w:rsid w:val="005E7E26"/>
     <w:rsid w:val="005F3030"/>
     <w:rsid w:val="005F363F"/>
     <w:rsid w:val="006047A3"/>
     <w:rsid w:val="00610FA4"/>
     <w:rsid w:val="0061439B"/>
     <w:rsid w:val="00620F39"/>
     <w:rsid w:val="00620FDC"/>
     <w:rsid w:val="0062472A"/>
     <w:rsid w:val="0062543C"/>
     <w:rsid w:val="006317DE"/>
     <w:rsid w:val="00632309"/>
     <w:rsid w:val="00634718"/>
     <w:rsid w:val="00641763"/>
     <w:rsid w:val="006434B6"/>
     <w:rsid w:val="00652BFD"/>
     <w:rsid w:val="00656806"/>
     <w:rsid w:val="006575D3"/>
     <w:rsid w:val="00661C24"/>
     <w:rsid w:val="00665FC1"/>
     <w:rsid w:val="006665D4"/>
     <w:rsid w:val="00667724"/>
     <w:rsid w:val="00667BB5"/>
     <w:rsid w:val="00675EB0"/>
+    <w:rsid w:val="00675FAF"/>
     <w:rsid w:val="00680FF6"/>
     <w:rsid w:val="00681532"/>
     <w:rsid w:val="006829C7"/>
     <w:rsid w:val="00683D8B"/>
     <w:rsid w:val="00687959"/>
     <w:rsid w:val="00691FDD"/>
     <w:rsid w:val="006975F3"/>
     <w:rsid w:val="006A0AF5"/>
     <w:rsid w:val="006A3A52"/>
     <w:rsid w:val="006A5C98"/>
     <w:rsid w:val="006A7184"/>
     <w:rsid w:val="006B51C9"/>
     <w:rsid w:val="006B69A0"/>
     <w:rsid w:val="006B7F15"/>
     <w:rsid w:val="006C096A"/>
     <w:rsid w:val="006C2543"/>
     <w:rsid w:val="006C513A"/>
     <w:rsid w:val="006C79EC"/>
     <w:rsid w:val="006D188F"/>
     <w:rsid w:val="006E2E39"/>
     <w:rsid w:val="006E4B2A"/>
     <w:rsid w:val="006F1F88"/>
     <w:rsid w:val="006F4BE5"/>
     <w:rsid w:val="006F5C89"/>
     <w:rsid w:val="006F6257"/>
     <w:rsid w:val="00707EFA"/>
     <w:rsid w:val="00711982"/>
     <w:rsid w:val="00713D81"/>
     <w:rsid w:val="00713F46"/>
     <w:rsid w:val="00714EA2"/>
     <w:rsid w:val="007219B6"/>
     <w:rsid w:val="00723235"/>
+    <w:rsid w:val="007278E7"/>
     <w:rsid w:val="007314EE"/>
     <w:rsid w:val="00732D12"/>
     <w:rsid w:val="00735D5C"/>
     <w:rsid w:val="00736BFB"/>
     <w:rsid w:val="00741E15"/>
     <w:rsid w:val="0074653D"/>
     <w:rsid w:val="00750BD6"/>
     <w:rsid w:val="007512F6"/>
     <w:rsid w:val="007543A5"/>
     <w:rsid w:val="00755EB4"/>
     <w:rsid w:val="007629BF"/>
     <w:rsid w:val="007638F0"/>
     <w:rsid w:val="00772556"/>
     <w:rsid w:val="007769E5"/>
     <w:rsid w:val="0077743A"/>
     <w:rsid w:val="007930DB"/>
     <w:rsid w:val="0079382D"/>
     <w:rsid w:val="0079739E"/>
     <w:rsid w:val="007A492D"/>
     <w:rsid w:val="007A6D5B"/>
     <w:rsid w:val="007B1780"/>
     <w:rsid w:val="007B3F5D"/>
     <w:rsid w:val="007B6869"/>
     <w:rsid w:val="007C256C"/>
     <w:rsid w:val="007C3141"/>
     <w:rsid w:val="007C35D6"/>
     <w:rsid w:val="007C6134"/>
     <w:rsid w:val="007C6275"/>
     <w:rsid w:val="007C7F30"/>
     <w:rsid w:val="007D032D"/>
     <w:rsid w:val="007D229F"/>
     <w:rsid w:val="007D55F4"/>
     <w:rsid w:val="007D58F0"/>
     <w:rsid w:val="007D64DD"/>
     <w:rsid w:val="007D7650"/>
     <w:rsid w:val="007E2EE2"/>
     <w:rsid w:val="007E4F27"/>
     <w:rsid w:val="007F147F"/>
     <w:rsid w:val="007F2920"/>
     <w:rsid w:val="007F3241"/>
     <w:rsid w:val="007F3A32"/>
+    <w:rsid w:val="007F79F1"/>
     <w:rsid w:val="008005B2"/>
     <w:rsid w:val="008037D8"/>
     <w:rsid w:val="0080400F"/>
+    <w:rsid w:val="00806134"/>
     <w:rsid w:val="008126D9"/>
     <w:rsid w:val="00814440"/>
     <w:rsid w:val="00816002"/>
     <w:rsid w:val="008162A0"/>
     <w:rsid w:val="00821DAD"/>
     <w:rsid w:val="008224BE"/>
     <w:rsid w:val="00822B38"/>
     <w:rsid w:val="00824042"/>
     <w:rsid w:val="00825F42"/>
     <w:rsid w:val="008267C9"/>
     <w:rsid w:val="00831BFE"/>
     <w:rsid w:val="00833648"/>
     <w:rsid w:val="00836141"/>
     <w:rsid w:val="0083626E"/>
     <w:rsid w:val="0083653B"/>
     <w:rsid w:val="00837C2E"/>
     <w:rsid w:val="00837E67"/>
+    <w:rsid w:val="0084055C"/>
     <w:rsid w:val="00842583"/>
     <w:rsid w:val="00845C01"/>
     <w:rsid w:val="00846257"/>
     <w:rsid w:val="0085488F"/>
     <w:rsid w:val="0086058F"/>
     <w:rsid w:val="0086179C"/>
     <w:rsid w:val="0086393B"/>
     <w:rsid w:val="00864FFD"/>
     <w:rsid w:val="00865CBB"/>
     <w:rsid w:val="008674E9"/>
     <w:rsid w:val="008707A8"/>
     <w:rsid w:val="00871F88"/>
     <w:rsid w:val="00873982"/>
     <w:rsid w:val="00873EA2"/>
     <w:rsid w:val="008772D9"/>
     <w:rsid w:val="00881EA9"/>
     <w:rsid w:val="00883FDA"/>
     <w:rsid w:val="00884AF1"/>
     <w:rsid w:val="008A0A4B"/>
     <w:rsid w:val="008A2C03"/>
     <w:rsid w:val="008B67CE"/>
     <w:rsid w:val="008B73C6"/>
     <w:rsid w:val="008C18FA"/>
     <w:rsid w:val="008C2E26"/>
     <w:rsid w:val="008D0D71"/>
@@ -16493,99 +19025,105 @@
     <w:rsid w:val="00922036"/>
     <w:rsid w:val="00924265"/>
     <w:rsid w:val="00924DB3"/>
     <w:rsid w:val="00925FAC"/>
     <w:rsid w:val="009345A9"/>
     <w:rsid w:val="00936ECA"/>
     <w:rsid w:val="00946B07"/>
     <w:rsid w:val="0095260E"/>
     <w:rsid w:val="00953AF1"/>
     <w:rsid w:val="00954D2C"/>
     <w:rsid w:val="00955DCF"/>
     <w:rsid w:val="00956CA1"/>
     <w:rsid w:val="00962969"/>
     <w:rsid w:val="0096786F"/>
     <w:rsid w:val="0097208A"/>
     <w:rsid w:val="0097317B"/>
     <w:rsid w:val="00980D93"/>
     <w:rsid w:val="00984AFA"/>
     <w:rsid w:val="009869AB"/>
     <w:rsid w:val="00987D8E"/>
     <w:rsid w:val="009924CC"/>
     <w:rsid w:val="00993BB4"/>
     <w:rsid w:val="009A4178"/>
     <w:rsid w:val="009B275E"/>
     <w:rsid w:val="009B537E"/>
+    <w:rsid w:val="009B6157"/>
     <w:rsid w:val="009B6E83"/>
     <w:rsid w:val="009C320F"/>
     <w:rsid w:val="009C6359"/>
     <w:rsid w:val="009C77DA"/>
     <w:rsid w:val="009D148D"/>
     <w:rsid w:val="009D287C"/>
     <w:rsid w:val="009E234A"/>
     <w:rsid w:val="009E4112"/>
     <w:rsid w:val="009E47A1"/>
     <w:rsid w:val="009E791F"/>
     <w:rsid w:val="009F1E76"/>
     <w:rsid w:val="009F4FED"/>
     <w:rsid w:val="009F66B1"/>
+    <w:rsid w:val="00A01DB1"/>
     <w:rsid w:val="00A1071E"/>
     <w:rsid w:val="00A17A6B"/>
     <w:rsid w:val="00A22130"/>
     <w:rsid w:val="00A22C93"/>
     <w:rsid w:val="00A252E8"/>
     <w:rsid w:val="00A2533B"/>
     <w:rsid w:val="00A30EB7"/>
     <w:rsid w:val="00A3345B"/>
     <w:rsid w:val="00A40E7C"/>
     <w:rsid w:val="00A42EEB"/>
     <w:rsid w:val="00A44363"/>
     <w:rsid w:val="00A457CF"/>
     <w:rsid w:val="00A50182"/>
+    <w:rsid w:val="00A549F6"/>
     <w:rsid w:val="00A57230"/>
     <w:rsid w:val="00A6187B"/>
     <w:rsid w:val="00A6590A"/>
     <w:rsid w:val="00A662D5"/>
     <w:rsid w:val="00A664EA"/>
     <w:rsid w:val="00A71B70"/>
+    <w:rsid w:val="00A72683"/>
     <w:rsid w:val="00A74C15"/>
     <w:rsid w:val="00A7693D"/>
     <w:rsid w:val="00A77B80"/>
     <w:rsid w:val="00A862C2"/>
     <w:rsid w:val="00A8739F"/>
     <w:rsid w:val="00A87AFC"/>
     <w:rsid w:val="00A9140B"/>
     <w:rsid w:val="00A92640"/>
     <w:rsid w:val="00AA1D50"/>
     <w:rsid w:val="00AA29B9"/>
     <w:rsid w:val="00AA7221"/>
     <w:rsid w:val="00AD0176"/>
     <w:rsid w:val="00AD0D48"/>
+    <w:rsid w:val="00AD27E1"/>
     <w:rsid w:val="00AD4764"/>
     <w:rsid w:val="00AD4CE9"/>
     <w:rsid w:val="00AF1F10"/>
     <w:rsid w:val="00AF50B4"/>
+    <w:rsid w:val="00AF5813"/>
     <w:rsid w:val="00AF6127"/>
     <w:rsid w:val="00B02437"/>
     <w:rsid w:val="00B03E58"/>
     <w:rsid w:val="00B061AE"/>
     <w:rsid w:val="00B134FC"/>
     <w:rsid w:val="00B17310"/>
     <w:rsid w:val="00B17E47"/>
     <w:rsid w:val="00B24CBF"/>
     <w:rsid w:val="00B24E8B"/>
     <w:rsid w:val="00B34080"/>
     <w:rsid w:val="00B35B0E"/>
     <w:rsid w:val="00B37604"/>
     <w:rsid w:val="00B37AE4"/>
     <w:rsid w:val="00B43AB7"/>
     <w:rsid w:val="00B46892"/>
     <w:rsid w:val="00B4689C"/>
     <w:rsid w:val="00B46C1C"/>
     <w:rsid w:val="00B47E20"/>
     <w:rsid w:val="00B55778"/>
     <w:rsid w:val="00B56218"/>
     <w:rsid w:val="00B57C22"/>
     <w:rsid w:val="00B625ED"/>
     <w:rsid w:val="00B63AA0"/>
     <w:rsid w:val="00B70CBE"/>
     <w:rsid w:val="00B71EE7"/>
@@ -16614,132 +19152,142 @@
     <w:rsid w:val="00BD7F9E"/>
     <w:rsid w:val="00BE294B"/>
     <w:rsid w:val="00BF0073"/>
     <w:rsid w:val="00BF012F"/>
     <w:rsid w:val="00BF2ED7"/>
     <w:rsid w:val="00BF3E61"/>
     <w:rsid w:val="00BF41D5"/>
     <w:rsid w:val="00BF42C3"/>
     <w:rsid w:val="00C02309"/>
     <w:rsid w:val="00C043E8"/>
     <w:rsid w:val="00C053EA"/>
     <w:rsid w:val="00C06BCA"/>
     <w:rsid w:val="00C11E6C"/>
     <w:rsid w:val="00C131B0"/>
     <w:rsid w:val="00C2274D"/>
     <w:rsid w:val="00C251CD"/>
     <w:rsid w:val="00C2798A"/>
     <w:rsid w:val="00C30747"/>
     <w:rsid w:val="00C32070"/>
     <w:rsid w:val="00C4162A"/>
     <w:rsid w:val="00C426BB"/>
     <w:rsid w:val="00C446BE"/>
     <w:rsid w:val="00C46CE3"/>
     <w:rsid w:val="00C4716E"/>
     <w:rsid w:val="00C517F9"/>
+    <w:rsid w:val="00C651D8"/>
     <w:rsid w:val="00C65E69"/>
     <w:rsid w:val="00C67A60"/>
     <w:rsid w:val="00C67EAC"/>
     <w:rsid w:val="00C7256D"/>
     <w:rsid w:val="00C77BA1"/>
     <w:rsid w:val="00C8158E"/>
     <w:rsid w:val="00C815B7"/>
+    <w:rsid w:val="00C81773"/>
     <w:rsid w:val="00C81927"/>
+    <w:rsid w:val="00C93079"/>
     <w:rsid w:val="00C97C5D"/>
     <w:rsid w:val="00CA4DB7"/>
     <w:rsid w:val="00CA5D95"/>
     <w:rsid w:val="00CC0071"/>
     <w:rsid w:val="00CC2D5F"/>
     <w:rsid w:val="00CD06AF"/>
     <w:rsid w:val="00CD12B6"/>
     <w:rsid w:val="00CD22FA"/>
     <w:rsid w:val="00CD3FF2"/>
     <w:rsid w:val="00CD533A"/>
     <w:rsid w:val="00CE7573"/>
     <w:rsid w:val="00CF1183"/>
     <w:rsid w:val="00CF3FCB"/>
     <w:rsid w:val="00CF4592"/>
     <w:rsid w:val="00CF6A32"/>
+    <w:rsid w:val="00CF7EE9"/>
     <w:rsid w:val="00D00365"/>
     <w:rsid w:val="00D029A4"/>
     <w:rsid w:val="00D04286"/>
     <w:rsid w:val="00D0459A"/>
     <w:rsid w:val="00D06112"/>
     <w:rsid w:val="00D06F0D"/>
+    <w:rsid w:val="00D07CEE"/>
     <w:rsid w:val="00D07DA9"/>
     <w:rsid w:val="00D11691"/>
+    <w:rsid w:val="00D16F96"/>
     <w:rsid w:val="00D23B86"/>
     <w:rsid w:val="00D24A26"/>
     <w:rsid w:val="00D24B43"/>
     <w:rsid w:val="00D402D9"/>
+    <w:rsid w:val="00D441AD"/>
     <w:rsid w:val="00D4678F"/>
     <w:rsid w:val="00D467BA"/>
     <w:rsid w:val="00D46967"/>
     <w:rsid w:val="00D50CAE"/>
     <w:rsid w:val="00D5335A"/>
     <w:rsid w:val="00D55235"/>
     <w:rsid w:val="00D56D56"/>
     <w:rsid w:val="00D57866"/>
     <w:rsid w:val="00D62FEE"/>
     <w:rsid w:val="00D6617E"/>
     <w:rsid w:val="00D70030"/>
     <w:rsid w:val="00D76120"/>
     <w:rsid w:val="00D77063"/>
     <w:rsid w:val="00D80D0D"/>
     <w:rsid w:val="00D81D41"/>
     <w:rsid w:val="00D840EA"/>
     <w:rsid w:val="00D8572A"/>
     <w:rsid w:val="00D90BF8"/>
     <w:rsid w:val="00D92BC2"/>
     <w:rsid w:val="00D941C5"/>
     <w:rsid w:val="00DA090A"/>
     <w:rsid w:val="00DA1018"/>
     <w:rsid w:val="00DA39F4"/>
     <w:rsid w:val="00DB04CD"/>
     <w:rsid w:val="00DB164B"/>
     <w:rsid w:val="00DB26B4"/>
     <w:rsid w:val="00DB7AA9"/>
     <w:rsid w:val="00DC0CD8"/>
+    <w:rsid w:val="00DC0F8D"/>
     <w:rsid w:val="00DC26C5"/>
     <w:rsid w:val="00DC6D30"/>
     <w:rsid w:val="00DC7161"/>
     <w:rsid w:val="00DD1B67"/>
     <w:rsid w:val="00DD30C7"/>
     <w:rsid w:val="00DD47EF"/>
     <w:rsid w:val="00DD4E30"/>
     <w:rsid w:val="00DD5CEF"/>
     <w:rsid w:val="00DE0979"/>
     <w:rsid w:val="00DF018A"/>
+    <w:rsid w:val="00DF04DB"/>
     <w:rsid w:val="00DF1842"/>
     <w:rsid w:val="00E00F7C"/>
     <w:rsid w:val="00E0534E"/>
     <w:rsid w:val="00E06249"/>
     <w:rsid w:val="00E06A07"/>
     <w:rsid w:val="00E12372"/>
     <w:rsid w:val="00E12992"/>
     <w:rsid w:val="00E21607"/>
     <w:rsid w:val="00E26399"/>
+    <w:rsid w:val="00E277A7"/>
     <w:rsid w:val="00E27DFF"/>
     <w:rsid w:val="00E30287"/>
     <w:rsid w:val="00E3436A"/>
     <w:rsid w:val="00E3682E"/>
     <w:rsid w:val="00E37249"/>
     <w:rsid w:val="00E37AE1"/>
     <w:rsid w:val="00E40E3C"/>
     <w:rsid w:val="00E41DFF"/>
     <w:rsid w:val="00E47C85"/>
     <w:rsid w:val="00E50736"/>
     <w:rsid w:val="00E52207"/>
     <w:rsid w:val="00E528E9"/>
     <w:rsid w:val="00E61D10"/>
     <w:rsid w:val="00E61D39"/>
     <w:rsid w:val="00E64DC8"/>
     <w:rsid w:val="00E656A4"/>
     <w:rsid w:val="00E67AF1"/>
     <w:rsid w:val="00E70476"/>
     <w:rsid w:val="00E715A9"/>
     <w:rsid w:val="00E729E7"/>
     <w:rsid w:val="00E74FDD"/>
     <w:rsid w:val="00E76CD5"/>
     <w:rsid w:val="00E82D66"/>
     <w:rsid w:val="00E835CD"/>
     <w:rsid w:val="00E87915"/>
@@ -16787,123 +19335,124 @@
     <w:rsid w:val="00F477C2"/>
     <w:rsid w:val="00F5154B"/>
     <w:rsid w:val="00F5750F"/>
     <w:rsid w:val="00F61320"/>
     <w:rsid w:val="00F62796"/>
     <w:rsid w:val="00F66076"/>
     <w:rsid w:val="00F660B4"/>
     <w:rsid w:val="00F679AF"/>
     <w:rsid w:val="00F67F72"/>
     <w:rsid w:val="00F73768"/>
     <w:rsid w:val="00F73A18"/>
     <w:rsid w:val="00F764E8"/>
     <w:rsid w:val="00F77A0C"/>
     <w:rsid w:val="00F84CE1"/>
     <w:rsid w:val="00F85628"/>
     <w:rsid w:val="00F8600E"/>
     <w:rsid w:val="00F87A5A"/>
     <w:rsid w:val="00F90140"/>
     <w:rsid w:val="00F90A34"/>
     <w:rsid w:val="00F923FD"/>
     <w:rsid w:val="00F969E4"/>
     <w:rsid w:val="00FA0006"/>
     <w:rsid w:val="00FA1ACB"/>
     <w:rsid w:val="00FA573E"/>
     <w:rsid w:val="00FA66C4"/>
+    <w:rsid w:val="00FB62A7"/>
     <w:rsid w:val="00FC16EE"/>
     <w:rsid w:val="00FC2223"/>
     <w:rsid w:val="00FC5284"/>
     <w:rsid w:val="00FC66DF"/>
     <w:rsid w:val="00FD259A"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD570A"/>
     <w:rsid w:val="00FD6DDC"/>
     <w:rsid w:val="00FE12B9"/>
     <w:rsid w:val="00FE5AED"/>
     <w:rsid w:val="00FE67F5"/>
     <w:rsid w:val="00FE759A"/>
     <w:rsid w:val="00FF11E5"/>
     <w:rsid w:val="00FF4165"/>
     <w:rsid w:val="00FF5703"/>
     <w:rsid w:val="00FF5760"/>
     <w:rsid w:val="00FF5AE6"/>
     <w:rsid w:val="00FF63EC"/>
     <w:rsid w:val="0A4645A7"/>
     <w:rsid w:val="13213E3C"/>
     <w:rsid w:val="14255888"/>
     <w:rsid w:val="18A8F605"/>
     <w:rsid w:val="1920DA64"/>
     <w:rsid w:val="1DDF1900"/>
     <w:rsid w:val="34CFB524"/>
     <w:rsid w:val="36748B3D"/>
     <w:rsid w:val="4C973F63"/>
     <w:rsid w:val="59D6454E"/>
     <w:rsid w:val="6595F6D2"/>
     <w:rsid w:val="6774C424"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="018200C0"/>
+  <w14:docId w14:val="2AC75068"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4314E19C-6400-46F1-ACAE-E4F5426EEFD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17144,55 +19693,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000E6FAA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BB5AF9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7185"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="-907" w:right="-1080"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -17454,328 +19998,163 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="001A0706"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00691FDD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="131023652">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1047339635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1238323813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1939603489">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optumsandiego.com/content/dam/san-diego/documents/term/manuals/term-provider-handbook-appendices/TERM%20Treatment%20Plan%20Documentation%20Resources.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.optumsandiego.com/content/dam/san-diego/documents/term/manuals/term-provider-handbook-appendices/TERM%20Treatment%20Plan%20Documentation%20Resources%20(Aug2025).pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lskimmi\Downloads\CWS_Treatment_Plan_Form_04-176-177-Youth.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{B0D8FD83-3F6B-4906-BB60-00446F9BA2CC}">
     <t:Anchor>
       <t:Comment id="890958146"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{D7A8A268-988A-48A4-86B6-DA5612F309AE}" time="2022-08-08T23:09:44.774Z">
         <t:Attribution userId="S::jerelyn.bourdage@sdcounty.ca.gov::5d246df4-26fb-49dc-b089-f1de5873ba2e" userProvider="AD" userName="Bourdage, Jerelyn"/>
         <t:Anchor>
           <t:Comment id="658763607"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{6FCEC279-86E9-46F3-891D-479A9D8FAEAE}" time="2022-08-08T23:09:44.774Z">
         <t:Attribution userId="S::jerelyn.bourdage@sdcounty.ca.gov::5d246df4-26fb-49dc-b089-f1de5873ba2e" userProvider="AD" userName="Bourdage, Jerelyn"/>
         <t:Anchor>
           <t:Comment id="658763607"/>
         </t:Anchor>
         <t:Assign userId="S::Babbi.Winegarden@sdcounty.ca.gov::79df58a1-a1ac-46f6-be07-9ebcc9a07c43" userProvider="AD" userName="Winegarden, Babbi"/>
       </t:Event>
       <t:Event id="{ED387C3E-D6BB-4E81-B5BB-D572D56CAA1E}" time="2022-08-08T23:09:44.774Z">
         <t:Attribution userId="S::jerelyn.bourdage@sdcounty.ca.gov::5d246df4-26fb-49dc-b089-f1de5873ba2e" userProvider="AD" userName="Bourdage, Jerelyn"/>
         <t:Anchor>
           <t:Comment id="658763607"/>
         </t:Anchor>
         <t:SetTitle title="@Winegarden, Babbi - check boxes are there. You have to open it in the Desktop App. It doesn't show on the web version. No need to follow up on the CANS at this time. The referral itself is the follow-up when needs are identified."/>
       </t:Event>
     </t:History>
   </t:Task>
 </t:Tasks>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
-    <w:docPart>
-[...189 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5D02BAA036AE43AEA0DEA770004C7C1E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D463610A-28B4-44AD-8A0E-0F489E049C35}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0056553F" w:rsidRDefault="00DD5A16" w:rsidP="00DD5A16">
           <w:pPr>
             <w:pStyle w:val="5D02BAA036AE43AEA0DEA770004C7C1E"/>
           </w:pPr>
           <w:r w:rsidRPr="00A658FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="20"/>
@@ -17894,552 +20273,321 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF3D1DE3-F89F-4B03-AD4A-2A5AAC6D1699}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FD4A52" w:rsidRDefault="00DD5A16" w:rsidP="00DD5A16">
           <w:pPr>
             <w:pStyle w:val="3FAE088228B2429090378D0E0986E2E6"/>
           </w:pPr>
           <w:r w:rsidRPr="00ED52BA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="033D808287654A33B214DA3BFE1CBE96"/>
+        <w:name w:val="8585563513FA40D4A5074E7897D34C21"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{33FCAC67-A162-4744-8ED3-A64C0245216E}"/>
+        <w:guid w:val="{C8FE54B8-A47B-4986-B3E8-4C4EB4EE74E5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FD4A52" w:rsidRDefault="00DD5A16" w:rsidP="00DD5A16">
+        <w:p w:rsidR="00F365FB" w:rsidRDefault="00E15BCB" w:rsidP="00E15BCB">
           <w:pPr>
-            <w:pStyle w:val="033D808287654A33B214DA3BFE1CBE96"/>
+            <w:pStyle w:val="8585563513FA40D4A5074E7897D34C21"/>
           </w:pPr>
-          <w:r w:rsidRPr="0062472A">
+          <w:r w:rsidRPr="00ED52BA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-              <w:szCs w:val="22"/>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Click or tap to enter a date.</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CFD8977678B545EC8FA6811AE4825C82"/>
+        <w:name w:val="88666DB418DE49DEA5F3417FA192E55D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2F4D769B-9278-406B-AF7F-508B38F15F4F}"/>
+        <w:guid w:val="{A913231B-9E5E-47F1-9780-C9FD8B99198B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BF653C" w:rsidRDefault="00DD5A16" w:rsidP="00DD5A16">
+        <w:p w:rsidR="00F365FB" w:rsidRDefault="00E15BCB" w:rsidP="00E15BCB">
           <w:pPr>
-            <w:pStyle w:val="CFD8977678B545EC8FA6811AE4825C82"/>
+            <w:pStyle w:val="88666DB418DE49DEA5F3417FA192E55D"/>
           </w:pPr>
-          <w:r w:rsidRPr="00BF3E61">
-[...94 lines deleted...]
-          <w:r w:rsidRPr="00805B1E">
+          <w:r w:rsidRPr="00ED52BA">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
-[...124 lines deleted...]
-            <w:t>Click or tap to enter a date.</w:t>
+            <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...10 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D63CFA"/>
     <w:rsid w:val="000325C0"/>
     <w:rsid w:val="00034F74"/>
+    <w:rsid w:val="0004355B"/>
     <w:rsid w:val="000A6C0D"/>
     <w:rsid w:val="000C1204"/>
     <w:rsid w:val="000D533B"/>
     <w:rsid w:val="000E71F2"/>
     <w:rsid w:val="001D0A16"/>
     <w:rsid w:val="00255C75"/>
     <w:rsid w:val="002659A0"/>
     <w:rsid w:val="00270039"/>
     <w:rsid w:val="0034027D"/>
     <w:rsid w:val="003E03B3"/>
     <w:rsid w:val="003F1252"/>
     <w:rsid w:val="00452765"/>
     <w:rsid w:val="004A01D2"/>
     <w:rsid w:val="004E1729"/>
     <w:rsid w:val="004E18F9"/>
     <w:rsid w:val="00514DEC"/>
     <w:rsid w:val="0056553F"/>
     <w:rsid w:val="0058714A"/>
     <w:rsid w:val="005A35CE"/>
     <w:rsid w:val="005D3B34"/>
     <w:rsid w:val="00653A11"/>
     <w:rsid w:val="00661C24"/>
     <w:rsid w:val="006829C7"/>
     <w:rsid w:val="006D6FCA"/>
+    <w:rsid w:val="00705B20"/>
     <w:rsid w:val="007757BB"/>
     <w:rsid w:val="007B689B"/>
     <w:rsid w:val="007C6134"/>
     <w:rsid w:val="00824C18"/>
+    <w:rsid w:val="00852C91"/>
     <w:rsid w:val="00854231"/>
     <w:rsid w:val="00881EA9"/>
     <w:rsid w:val="00922036"/>
     <w:rsid w:val="00925FAC"/>
     <w:rsid w:val="009B0786"/>
     <w:rsid w:val="00A30EB7"/>
     <w:rsid w:val="00A34CBA"/>
+    <w:rsid w:val="00A72683"/>
     <w:rsid w:val="00A768FA"/>
     <w:rsid w:val="00A93DF0"/>
     <w:rsid w:val="00AC61D7"/>
     <w:rsid w:val="00AF5034"/>
     <w:rsid w:val="00B17310"/>
     <w:rsid w:val="00B46892"/>
     <w:rsid w:val="00B60727"/>
     <w:rsid w:val="00B85EAD"/>
     <w:rsid w:val="00BF653C"/>
     <w:rsid w:val="00C33F81"/>
     <w:rsid w:val="00C42AC0"/>
     <w:rsid w:val="00C51628"/>
     <w:rsid w:val="00C517F9"/>
     <w:rsid w:val="00CB5457"/>
     <w:rsid w:val="00CC2D5F"/>
     <w:rsid w:val="00D53257"/>
     <w:rsid w:val="00D6252E"/>
     <w:rsid w:val="00D63CFA"/>
     <w:rsid w:val="00D6716D"/>
     <w:rsid w:val="00DA6324"/>
     <w:rsid w:val="00DD5A16"/>
     <w:rsid w:val="00DF018A"/>
+    <w:rsid w:val="00DF2DB9"/>
+    <w:rsid w:val="00E15BCB"/>
+    <w:rsid w:val="00E21667"/>
     <w:rsid w:val="00E55993"/>
     <w:rsid w:val="00E87DFE"/>
     <w:rsid w:val="00E94181"/>
     <w:rsid w:val="00EA45A8"/>
+    <w:rsid w:val="00EC7DBE"/>
     <w:rsid w:val="00F070AA"/>
+    <w:rsid w:val="00F365FB"/>
     <w:rsid w:val="00F477C2"/>
     <w:rsid w:val="00F67F72"/>
     <w:rsid w:val="00F73218"/>
     <w:rsid w:val="00FD4A52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18767,580 +20915,180 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DD5A16"/>
+    <w:rsid w:val="00E15BCB"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...47 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FAE088228B2429090378D0E0986E2E6">
     <w:name w:val="3FAE088228B2429090378D0E0986E2E6"/>
     <w:rsid w:val="00DD5A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1D650F06B5845EEAA8FADD07357C490">
     <w:name w:val="B1D650F06B5845EEAA8FADD07357C490"/>
     <w:rsid w:val="00DD5A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C699A949DBD74127B45BFDF6F16D9070">
     <w:name w:val="C699A949DBD74127B45BFDF6F16D9070"/>
     <w:rsid w:val="00DD5A16"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCB1403508B84A858AE81588513191B5">
-[...143 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D02BAA036AE43AEA0DEA770004C7C1E">
     <w:name w:val="5D02BAA036AE43AEA0DEA770004C7C1E"/>
     <w:rsid w:val="00DD5A16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="82FC5518C7C4448D98A53EE354B7DED9">
     <w:name w:val="82FC5518C7C4448D98A53EE354B7DED9"/>
     <w:rsid w:val="00DD5A16"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-TW"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B305EAF6D22246248C0DC6A0C126ED0C4">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8585563513FA40D4A5074E7897D34C21">
+    <w:name w:val="8585563513FA40D4A5074E7897D34C21"/>
+    <w:rsid w:val="00E15BCB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5E74AF2064944FEB0F75397E00D2CEC4">
-[...194 lines deleted...]
-    <w:rsid w:val="00E94181"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88666DB418DE49DEA5F3417FA192E55D">
+    <w:name w:val="88666DB418DE49DEA5F3417FA192E55D"/>
+    <w:rsid w:val="00E15BCB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -19622,204 +21370,201 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...6 lines deleted...]
-    <xsd:import namespace="0a332335-3a76-4408-8dac-6066a195b3d2"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C357D4D9ED762C4B9F031088E37D5402" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="babd34660ee9fb549715cdbce7890f08">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="78f100e0-6bad-4ce5-8300-0acd97c9f7fe" xmlns:ns3="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7" xmlns:ns4="9bfebd0d-6700-4cb9-9ec0-cf612b421303" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7b2edc9d41a21ed8abed3bb27e9308d" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
+    <xsd:import namespace="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7"/>
+    <xsd:import namespace="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="edde0466-daaf-4912-97a5-80601f141c03" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="78f100e0-6bad-4ce5-8300-0acd97c9f7fe" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...7 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb8cc222-65fd-42cc-aeaa-058f903907fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSystemTags" ma:index="21" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...4 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0a332335-3a76-4408-8dac-6066a195b3d2" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bfebd0d-6700-4cb9-9ec0-cf612b421303" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c5d699f7-ed60-44c9-9892-7e4d2e03dcab}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9bfebd0d-6700-4cb9-9ec0-cf612b421303">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -19864,145 +21609,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_activity xmlns="edde0466-daaf-4912-97a5-80601f141c03" xsi:nil="true"/>
+    <TaxCatchAll xmlns="9bfebd0d-6700-4cb9-9ec0-cf612b421303" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="78f100e0-6bad-4ce5-8300-0acd97c9f7fe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{769E1D87-DB59-4083-B829-DDEF85D6CB73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E117CC52-4011-48C3-B5BA-180813871ACC}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70A6C802-4C75-4214-8448-C81A61448953}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D836EFA2-28C5-4542-81F2-D07292B87E66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="edde0466-daaf-4912-97a5-80601f141c03"/>
-    <ds:schemaRef ds:uri="0a332335-3a76-4408-8dac-6066a195b3d2"/>
+    <ds:schemaRef ds:uri="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
+    <ds:schemaRef ds:uri="0de23b5c-aba6-40c7-8f78-e1f6ebd873d7"/>
+    <ds:schemaRef ds:uri="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3797101-3E24-45BE-80B6-713035D274FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="0a332335-3a76-4408-8dac-6066a195b3d2"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="edde0466-daaf-4912-97a5-80601f141c03"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="9bfebd0d-6700-4cb9-9ec0-cf612b421303"/>
+    <ds:schemaRef ds:uri="78f100e0-6bad-4ce5-8300-0acd97c9f7fe"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{863FAD65-FA53-44B7-95C9-59F4F44860DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CWS_Treatment_Plan_Form_04-176-177-Youth</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7362</Characters>
+  <Pages>1</Pages>
+  <Words>1434</Words>
+  <Characters>8180</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Initial Treatment Plan/Treatment Plan Update (04-176/04-177)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>County of San Diego</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8254</CharactersWithSpaces>
+  <CharactersWithSpaces>9595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Initial Treatment Plan/Treatment Plan Update (04-176/04-177)</dc:title>
   <dc:subject/>
   <dc:creator>W7admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100429462D334BF654FB8B35827916FFB88</vt:lpwstr>
+    <vt:lpwstr>0x010100C357D4D9ED762C4B9F031088E37D5402</vt:lpwstr>
   </property>
 </Properties>
 </file>